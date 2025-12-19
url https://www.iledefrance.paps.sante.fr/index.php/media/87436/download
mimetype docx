--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -1,1281 +1,1287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5CCD4505" w14:textId="77777777" w:rsidR="0001465D" w:rsidRPr="0001465D" w:rsidRDefault="0001465D" w:rsidP="0001465D">
+    <w:p w14:paraId="0043D8FB" w14:textId="77777777" w:rsidR="0001465D" w:rsidRPr="0001465D" w:rsidRDefault="0001465D" w:rsidP="0001465D">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0001465D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>QUESTIONNAIRE DE DEMANDE D’AGRÉMENT INTERNAT - PHASE DE CONSOLIDATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DDC9E6" w14:textId="77777777" w:rsidR="0001465D" w:rsidRPr="0001465D" w:rsidRDefault="0001465D" w:rsidP="0001465D">
+    <w:p w14:paraId="45E7D0E7" w14:textId="77777777" w:rsidR="0001465D" w:rsidRPr="0001465D" w:rsidRDefault="0001465D" w:rsidP="0001465D">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0001465D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SPÉCIALITÉS MÉDICALES – MÉDECINE DU TRAVAIL – PSYCHIATRIE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C976AC6" w14:textId="77777777" w:rsidR="0001465D" w:rsidRPr="0001465D" w:rsidRDefault="0001465D" w:rsidP="0001465D">
+    <w:p w14:paraId="6945FED7" w14:textId="77777777" w:rsidR="0001465D" w:rsidRPr="0001465D" w:rsidRDefault="0001465D" w:rsidP="0001465D">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_tqho83bzgjm4" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0001465D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ambulatoire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E80F30" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA">
+    <w:p w14:paraId="3D4E6CED" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C9B756F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="001903CA">
+    <w:p w14:paraId="04B58C61" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="001903CA">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_gxxljf8tmhsg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10969" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3285"/>
         <w:gridCol w:w="1185"/>
         <w:gridCol w:w="1125"/>
         <w:gridCol w:w="1405"/>
         <w:gridCol w:w="2810"/>
         <w:gridCol w:w="1159"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="00EE91F6" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="62A634B9" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52F50AB9" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="43D71544" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Coordonnées du maître de stage des universités :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7684" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DA94E86" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2D57BC1A" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03363311" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="19D80897" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adresse :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5151B21F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0FCE45DA" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mél :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="462B29C7" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="775A6A20" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Téléphone : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="17861EF6" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="75196CD0" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B623599" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="1D419B04" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RPPS :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7684" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61AF275E" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="78E49AF4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="5A350549" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="2A92B80B" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F5E86BB" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="6B70503C" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Titulaire du t</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">itre d’ancien chef de clinique </w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>des universités – assistant des hôpitaux :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7684" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="386372B9" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="4EC3048F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="4D1BF102" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="35DD24D2" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F18B8CE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="59AB4C85" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Structure d’exercice : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7684" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32769745" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="1BA371F2" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cabinet isolé</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A960324" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="68570C68" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cabinet groupé</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38034416" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="6E83D429" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Maison de santé pluri professionnelle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7057C8D2" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="526F15B1" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Centre de santé </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72C00F68" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0A9FF741" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Autre (préciser) : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="5B7C2997" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="79840689" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43F9A6AE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7FDA6C91" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Activité </w:t>
             </w:r>
             <w:r w:rsidR="00E65EBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>de la structure ambulatoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="5394228E" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="4A10F3C2" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45547187" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="58FBAC61" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre de consultations par jour : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="643EBA55" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="299BA167" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="1740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74FE8B9B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0764303F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Principaux domaines de consultation :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="3D8F591D" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="247C3BD5" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="1740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="557F46FD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="528BAEF4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature des principales activités (médicales ou non) : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ED33845" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="53C3ABDE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5822792B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="14A54CB3" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="5FF14677" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="1956B88D" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="1740"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F5A75FE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="4D1014D3" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quels sont les principaux gestes techniques enseignés ?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C6D5D8E" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7CFBB033" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5AAAC09D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="5EA394A7" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63AC316E" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
+          <w:p w14:paraId="448ABBE2" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="17A22042" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="13DAE949" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46292696" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2EF2BED5" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2. Encadrement et moyens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33BA1CCA" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="318FC167" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05EF3220" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="72FB65F4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4462A6B4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="3183442B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:keepLines w:val="0"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_p8jf5cmc7adu" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oui/Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="32C786CA" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="74ABCC70" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="41BC47C9" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="503449D2" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre de médecins présents  à temps plein : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F1AD29E" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0100CEE4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="730EE71D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="170DACE4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Présence d’un secrétariat :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DC53D25" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="02AE52D1" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="7C375DFA" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="796C555E" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="780"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B8ABEC3" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7DCEE932" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre de médecins présents à temps partiel :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="04C50E58" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="05D5301C" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16C3EEBC" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="5EA348E9" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Les locaux permettent-ils au Dr. Junior de consulter en autonomie? (bureau de consultation disponible)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75AA4E94" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="3930E8F6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21956B05" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="246608CD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="5641189B" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="7606C547" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="731D44BE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="4C14007E" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1287,1478 +1293,1478 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Implication dans la formation et la recherche</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44E30FDB" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="3663B9AA" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Oui/Non </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55E40E83" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2AD68B12" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fréquence :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="290D9C25" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="03A202FD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A2C0825" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="79596864" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Oui/Non </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="32DCDFFE" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="4DF5A5A0" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A59CFBF" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7CCB25DB" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Réunions médicales de service (discussions de dossiers, exposés, etc.) destinées aux « seniors » et aux internes, et dans lesquelles les internes présentent des dossiers ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02839946" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="18784683" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D9BBF77" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="5935BE1E" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2810" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B0CF214" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7DCB7D61" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2AAFBC70" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0295F571" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="5F9D6576" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="4FF7FB1C" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E89DBCD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="63DFC018" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Réunions médicales multidisciplinaires :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69C24114" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="19D948D0" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C4794E6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="3FCB2336" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="41282654" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="6F12ABAD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C533823" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="3A50FC9E" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="676D4F40" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="589217AB" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="344A5C66" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="77694679" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Réunions de bibliographie :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23C78A8D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="1CC17FFA" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="391B005D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="46576293" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BE9D204" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="216D898E" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="342AC250" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0242D280" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="1F78FB47" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="51EDA049" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6786426F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="77A2EA8A" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunions avec les internes pour la révision des dossiers de consultation ? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24AF83A7" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="400CA4CC" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C5A63A6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="401AF8E8" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2810" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32ADCA2C" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="65CBAB1B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5031BEFE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="517007F2" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="06778280" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="694181A3" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4CA6EF" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="242AF467" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>4. Projet péda</w:t>
             </w:r>
             <w:r w:rsidR="00E65EBE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>gogique à joindre (1 à 2 pages)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AAD1E5A" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="1EEECBC4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le projet pédagogique est à tra</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nsmettre au(x) coordonnateur(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E724288" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="4A0BE875" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="206F1B19" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="45E1AA91" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le projet a-t-il été partagé avec les autres praticiens de la structure d’accueil ? OUI / NON</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="616F50B1" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidDel="008711D3" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7D596340" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidDel="008711D3" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sera-t-il assumé par l’ensemble des praticiens de la structure d’accueil ? OUI / NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="33AE4435" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="0298CA42" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31D62711" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="11173FEE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>5. Mises en situation et activités des Docteurs Juniors</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FA58459" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="43FC4EA6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Par exemple et de façon non-exhaustive</w:t>
             </w:r>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BD34DFC" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="41621131" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44637591" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
+          <w:p w14:paraId="6A3A6B4D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Prise en charge de patients : consultations courantes, consultations d’annonce</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36A21E48" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
+          <w:p w14:paraId="5E335564" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Prise en charge en urgence de patients : geste technique en urgence, gestion d</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>es avis extérieurs au cabinet,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04708B7F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
+          <w:p w14:paraId="725FD729" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Actes tech</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>niques : ambulatoires, courants,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CA44AB8" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
+          <w:p w14:paraId="61CE2712" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Travail en équipe : animation d’un staff, organisation des circuits de recours, relations avec les services sociaux ou prise en charge sociale du patient, organisation des soins en coopération avec les autres professionnels de santé, parcours de soin, gestion de situatio</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>n de crise, management d’équipe,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75D36EE6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
+          <w:p w14:paraId="3CBDBC06" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00003452" w:rsidRDefault="001903CA" w:rsidP="009A1E34">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Exercice professionnel : qualité sécurité des soins : déclaration des EIG, prévention et surveillance des risques ; démarche d’autoévaluation et / ou participation à une activité de recherche, (en préparation au développem</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ent professionnel continu, à la</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00003452">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>re-certification, à la pa</w:t>
             </w:r>
             <w:r w:rsidR="009A1E34">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rticipation à des registres …).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B5269B6" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="00003452" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
+          <w:p w14:paraId="55E30DE4" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="00003452" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="2F67DA5C" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="395C4102" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F7B7DF8" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="3A940511" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Décrire les activités que réaliseront seuls le(s) Dr Juniors </w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>au début</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de leur stage :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F9C6F54" w14:textId="77777777" w:rsidR="0095115B" w:rsidRPr="008E6CA6" w:rsidRDefault="0095115B" w:rsidP="004E361D">
+          <w:p w14:paraId="5B9334C5" w14:textId="77777777" w:rsidR="0095115B" w:rsidRPr="008E6CA6" w:rsidRDefault="0095115B" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="6CE52668" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="0ED1C625" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E30C42D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2336C298" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Décrire les activités que réaliseront seuls le(s) Dr Juniors </w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>à la fin</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de leur stage en plus de celle réalisées en début de stage :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FE2DA7F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="06D40508" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="36EE4B20" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="3F0A1876" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DFF4FC1" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="20AB42CC" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Décrire </w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>brièvement</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> comment se fera l’acquisition progressive de son / leur autonomie au cours du stage :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36A36F36" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="652E5F47" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="046BF3D4" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="01FC6F5E" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="720"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EC4E2AA" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="01592F67" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Décrire </w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>précisément</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12387E02" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="557C2F4D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>la façon dont se fera la supervision et l’évaluation de ces mises en situation (rythme, modalités) :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C46DC15" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="182F6F3F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6575E4CC" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
+          <w:p w14:paraId="6ECB93C2" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76D757C6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="12F06B72" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>la façon dont sera organisée la possibilité pour le Dr Junior de recourir sur place et en permanence à un « senior » en journée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E4F35D3" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2C56B288" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7FD0B2E5" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
+          <w:p w14:paraId="150BD523" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="428126B2" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="11FE36A0" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C75D093" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="4C491FD8" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
@@ -2769,2054 +2775,2100 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ités confiées au Docteur Junior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0ECF78F6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2C57923D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:keepLines w:val="0"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_7tzsgsx15u09" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oui/Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48603BE0" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="369206CD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2EE5D74B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="1B1BBBBE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="33503E45" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="226F7512" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FB65B52" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="6082605B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Y a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>t-il des demi-journées (en semaine) que le docteur junior réalise dans un établissement ?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41DA3EC4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="04B760CC" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CA6C748" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0A092E81" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55380C71" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="1D49CDC7" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Précisez l’établissement où l’interne effectuera ces demi-journées : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62422B7B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="336806A3" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F8B051F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="38D36FA9" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="57F75606" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="6CFF7717" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2871A5E6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="28EB02BD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2AF63150" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="5AD4E646" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="41CE8BDA" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="3492EE90" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Projet pédagogique et nombre de ces demi-journées ? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BD7F01B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="03D6C9B5" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16230158" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="6204CB7D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="43C88542" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="7CDE8DE9" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46AC01D7" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="002220B6">
+          <w:p w14:paraId="1F8890CA" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="002220B6">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Y a-</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>t-il des demi-journées (en semaine) que le docteur junior réalise auprès d’un maître de stage des universitaires ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4FCF70E4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="55274A5B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="642AC839" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="5F5C6F01" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Renseignements sur le  maître de stage universitaire : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5850140A" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="781B736B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="131D9B9A" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="5027CBF4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mél :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71E71FDC" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="21C821B0" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Adresse : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ABE2E9C" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
+          <w:p w14:paraId="15C132CF" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D0F01E4" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2FC6E8D2" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="127C319C" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="6192E1D7" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="200"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7EAD1182" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="00F72ABF" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5085B4F1" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="252F81AF" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="347B6030" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2A8ED511" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ombre de ces demi-journées?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C25D4B8" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="4490BEE3" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="525E9B64" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7FF7D427" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="3AF412F5" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="507D9443" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4470" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4187DED3" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00C13D38" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="5AEED0BE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="00C13D38" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C13D38">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Possibilité pour le docteur junior de recourir, sur place et en permanence, à un « senior » du service en journée ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="147C247D" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="16CAE87C" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4215" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79908F19" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
-[...25 lines deleted...]
-          <w:p w14:paraId="39CE9B0F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0145A043" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E6CA6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nombre de patients confiés par jour au Dr.Junior</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6721DB31" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="461F545B" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="18E2D121" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="3DF6BF1C" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="2DF154AF" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40880A0F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7CADADCC" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Titre4"/>
               <w:keepLines w:val="0"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_tbfjlh93dnac" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>. Présence du Docteur Junior</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="4C68E3EE" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="082859C8" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E0E70F6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="1E4A94DE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Horaire journalier moyen par </w:t>
             </w:r>
             <w:r w:rsidR="002220B6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>docteur junior</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B105466" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
-[...9 lines deleted...]
-          <w:p w14:paraId="4C82AE63" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
+          <w:p w14:paraId="2E3DD394" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14EAA0D2" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="0178C5BB" w14:textId="77777777" w:rsidTr="00E65EBE">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="11B357B8" w14:textId="77777777" w:rsidTr="00E65EBE">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10969" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EFD04BD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="0F08F7B2" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Le maître de stage s’engage à respecter les règles relatives au temps de travail en stage des médecins en formation :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BABBA59" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="66131751" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">OUI </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0618D38F" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
+          <w:p w14:paraId="05726C59" w14:textId="77777777" w:rsidR="009A1E34" w:rsidRPr="008E6CA6" w:rsidRDefault="009A1E34" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="114653EE" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="001903CA">
+    <w:p w14:paraId="2838E8F7" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="001903CA">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="5387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="113A11EF" w14:textId="77777777" w:rsidTr="004E361D">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="0F13311C" w14:textId="77777777" w:rsidTr="004E361D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="520E7F64" w14:textId="403B8C96" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="2A4E0B45" w14:textId="7C8C37B0" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> - Agréments dont dispose le service au tit</w:t>
             </w:r>
             <w:r w:rsidR="0012045D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>re de l’année universitaire 202</w:t>
             </w:r>
-            <w:r w:rsidR="00836747">
+            <w:r w:rsidR="009A73E7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="006707A2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="009A73E7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00D02C76">
+            <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>-202</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> (bien préciser l’intitulé de la discipline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="59CE32BD" w14:textId="77777777" w:rsidTr="004E361D">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="451CE610" w14:textId="77777777" w:rsidTr="004E361D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7BCEBD83" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="6E4FA6E2" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10304" w:type="dxa"/>
               <w:jc w:val="center"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2364"/>
               <w:gridCol w:w="2240"/>
               <w:gridCol w:w="2240"/>
               <w:gridCol w:w="3460"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="71A98F3D" w14:textId="77777777" w:rsidTr="00307CC1">
+            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="3578C4C3" w14:textId="77777777" w:rsidTr="00307CC1">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2364" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="45493390" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="00C21049" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Intitulé de la spécialité</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="244C0796" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="2FF76E74" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Agrément pour l’accueil d’étudiants de phase socle</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="13CBCB07" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="425518E1" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Agrément pour l’accueil d’étudiants de phase approfondissement</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3460" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0C38949A" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="55A852AE" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:ind w:left="360"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Agrément pour l’accueil d’étudiants de phase consolidation</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="38C8FC6C" w14:textId="77777777" w:rsidTr="00307CC1">
+            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="7D7ACBEA" w14:textId="77777777" w:rsidTr="00307CC1">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2364" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="10E91950" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="752147BA" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="597CD92B" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="18C99113" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="25A42EEC" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="07CF4BF7" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3460" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="26A8E795" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="36A1EFD7" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="4E3C9F3E" w14:textId="77777777" w:rsidTr="00307CC1">
+            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="4F9AC02F" w14:textId="77777777" w:rsidTr="00307CC1">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2364" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1188850B" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="6AEDD4C7" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3D64A740" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="4108D167" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="59711B30" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="0A5620AE" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3460" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="632CF194" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="253078E5" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="4DA67937" w14:textId="77777777" w:rsidTr="00307CC1">
+            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="7D64DF01" w14:textId="77777777" w:rsidTr="00307CC1">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2364" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="06B5FD9F" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="7ECBA07D" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0ECF660D" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="64D8DE4F" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="458AB76C" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="6ED56320" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3460" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="75AB74A3" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="0B48A815" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="3C0EBE49" w14:textId="77777777" w:rsidTr="00307CC1">
+            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="7FD37E06" w14:textId="77777777" w:rsidTr="00307CC1">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2364" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="06851152" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="21CC1E1B" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="39F61E34" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="2EABA549" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="31F17933" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="09F0B332" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3460" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="17C357DF" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="72173830" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="30BC33BE" w14:textId="77777777" w:rsidTr="00307CC1">
+            <w:tr w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w14:paraId="5A6717D0" w14:textId="77777777" w:rsidTr="00307CC1">
               <w:trPr>
                 <w:trHeight w:val="875"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2364" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1CA6B9CF" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="6F969E4B" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4332F205" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="004395AA" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2240" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="147B9006" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="3BD15C52" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3460" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6350E05D" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
+                <w:p w14:paraId="69CF8D28" w14:textId="77777777" w:rsidR="00307CC1" w:rsidRPr="008E6CA6" w:rsidRDefault="00307CC1" w:rsidP="003B78C2">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="3F19BF57" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="40097010" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="58166DB9" w14:textId="77777777" w:rsidTr="004E361D">
+      <w:tr w:rsidR="001903CA" w:rsidRPr="008E6CA6" w14:paraId="51548345" w14:textId="77777777" w:rsidTr="004E361D">
         <w:trPr>
           <w:trHeight w:val="2220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="567D5719" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="00B2BBE6" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E6CA6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le maître de stage universitaire :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21833D24" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="63DF0FFD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42CD4680" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
+          <w:p w14:paraId="7F7547E8" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="008E6CA6" w:rsidRDefault="001903CA" w:rsidP="004E361D">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F7C2826" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="001903CA" w:rsidRDefault="001903CA">
+    <w:p w14:paraId="323CCECD" w14:textId="77777777" w:rsidR="001903CA" w:rsidRPr="001903CA" w:rsidRDefault="001903CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001903CA" w:rsidRPr="001903CA" w:rsidSect="001903CA">
-      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="0" w:footer="193" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11A49563" w14:textId="77777777" w:rsidR="002804FF" w:rsidRDefault="002804FF" w:rsidP="001903CA">
+    <w:p w14:paraId="63B3E504" w14:textId="77777777" w:rsidR="004D591B" w:rsidRDefault="004D591B" w:rsidP="001903CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1454E434" w14:textId="77777777" w:rsidR="002804FF" w:rsidRDefault="002804FF" w:rsidP="001903CA">
+    <w:p w14:paraId="63060FC7" w14:textId="77777777" w:rsidR="004D591B" w:rsidRDefault="004D591B" w:rsidP="001903CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="MV Boli"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="075CCB69" w14:textId="77777777" w:rsidR="00730387" w:rsidRDefault="00730387">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D960572" w14:textId="77777777" w:rsidR="00730387" w:rsidRDefault="00730387">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72189F40" w14:textId="77777777" w:rsidR="00730387" w:rsidRDefault="00730387">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="091D20C3" w14:textId="77777777" w:rsidR="002804FF" w:rsidRDefault="002804FF" w:rsidP="001903CA">
+    <w:p w14:paraId="3CDB91A0" w14:textId="77777777" w:rsidR="004D591B" w:rsidRDefault="004D591B" w:rsidP="001903CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="386CED08" w14:textId="77777777" w:rsidR="002804FF" w:rsidRDefault="002804FF" w:rsidP="001903CA">
+    <w:p w14:paraId="01EBA32C" w14:textId="77777777" w:rsidR="004D591B" w:rsidRDefault="004D591B" w:rsidP="001903CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3EEA8767" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="001903CA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0967F071" w14:textId="77777777" w:rsidR="00730387" w:rsidRDefault="00730387">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B3D8564" w14:textId="77777777" w:rsidR="00730387" w:rsidRDefault="00730387">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="49867D8F" w14:textId="77777777" w:rsidR="001903CA" w:rsidRDefault="001903CA" w:rsidP="001903CA">
     <w:pPr>
       <w:pStyle w:val="Titre"/>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="46594AD1" w14:textId="0350A58E" w:rsidR="004B1BF9" w:rsidRDefault="0001465D" w:rsidP="0001465D">
+  <w:p w14:paraId="478BA912" w14:textId="438297B8" w:rsidR="004B1BF9" w:rsidRDefault="0001465D" w:rsidP="0001465D">
     <w:pPr>
       <w:pStyle w:val="Titre"/>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>Année universitaire 202</w:t>
     </w:r>
-    <w:r w:rsidR="00836747">
+    <w:r w:rsidR="006B22DE">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00A4617F">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>-202</w:t>
     </w:r>
-    <w:r w:rsidR="00836747">
+    <w:r w:rsidR="006B22DE">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FB35BE9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="57E096A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
@@ -5243,156 +5295,163 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1737168236">
+  <w:num w:numId="1" w16cid:durableId="742067459">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="288903004">
+  <w:num w:numId="2" w16cid:durableId="843982274">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2049140268">
+  <w:num w:numId="3" w16cid:durableId="661814207">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1209954695">
+  <w:num w:numId="4" w16cid:durableId="1990985864">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001903CA"/>
     <w:rsid w:val="0001465D"/>
     <w:rsid w:val="0012045D"/>
     <w:rsid w:val="001903CA"/>
     <w:rsid w:val="002220B6"/>
     <w:rsid w:val="00223EE3"/>
     <w:rsid w:val="002804FF"/>
     <w:rsid w:val="00307CC1"/>
     <w:rsid w:val="00371D0A"/>
     <w:rsid w:val="003B78C2"/>
     <w:rsid w:val="004B1BF9"/>
+    <w:rsid w:val="004D591B"/>
     <w:rsid w:val="00543EB6"/>
     <w:rsid w:val="00604EA9"/>
     <w:rsid w:val="006707A2"/>
     <w:rsid w:val="006947A0"/>
-    <w:rsid w:val="008326CA"/>
-    <w:rsid w:val="00836747"/>
+    <w:rsid w:val="006B22DE"/>
+    <w:rsid w:val="00730387"/>
+    <w:rsid w:val="00854172"/>
+    <w:rsid w:val="008F0FFE"/>
     <w:rsid w:val="00903F93"/>
     <w:rsid w:val="0095115B"/>
     <w:rsid w:val="009A1E34"/>
+    <w:rsid w:val="009A73E7"/>
     <w:rsid w:val="009C173C"/>
+    <w:rsid w:val="009D04D2"/>
     <w:rsid w:val="00A4617F"/>
     <w:rsid w:val="00AE3A34"/>
     <w:rsid w:val="00AF6975"/>
-    <w:rsid w:val="00D02C76"/>
+    <w:rsid w:val="00B323C2"/>
+    <w:rsid w:val="00D1147C"/>
     <w:rsid w:val="00D312AD"/>
+    <w:rsid w:val="00DB1082"/>
+    <w:rsid w:val="00DB20DB"/>
     <w:rsid w:val="00DB36E8"/>
     <w:rsid w:val="00E6476A"/>
     <w:rsid w:val="00E65EBE"/>
     <w:rsid w:val="00F16624"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="163EA617"/>
+  <w14:docId w14:val="010A429C"/>
   <w15:docId w15:val="{B3E37420-9D01-4DEA-825C-970917DDFCE6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5971,58 +6030,58 @@
     <w:rsid w:val="001903CA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001903CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6251,51 +6310,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AF7A5DB-E6BE-4AF7-9FA0-3FC9CD0F8873}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E55737B1-7C3B-47A4-9F66-9EEF1093D429}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>691</Words>
   <Characters>3806</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
@@ -6303,25 +6362,54 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>PPT/DSI</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4489</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>EGEA, Marie-Claude (DGOS/SOUS-DIR STRATEGIE RESSOURCES/SR4)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-18T14:53:42Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>3cc3bed9-0f44-4d1f-9021-6ea0b3194e67</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>