--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -1,100 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="155D1ADF" w14:textId="10C640C4" w:rsidR="00857D09" w:rsidRDefault="00386107" w:rsidP="00857D09">
+    <w:p w14:paraId="155D1ADF" w14:textId="32BA7B30" w:rsidR="00857D09" w:rsidRDefault="00386107" w:rsidP="00857D09">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>II/</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidR="00F50E88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">B  </w:t>
+        <w:t>B QUESTIONNAIRE</w:t>
       </w:r>
-      <w:r w:rsidR="00857D09">
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00857D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE DEMANDE D’AGRÉMENT </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDCA04C" w14:textId="77777777" w:rsidR="00857D09" w:rsidRDefault="00857D09" w:rsidP="00857D09">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -190,80 +179,64 @@
           <w:tcPr>
             <w:tcW w:w="10477" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E3A129B" w14:textId="77777777" w:rsidR="00857D09" w:rsidRPr="00DD09C4" w:rsidRDefault="00857D09" w:rsidP="00087C04">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD09C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Nom et adresse de l'établissement :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15466F0B" w14:textId="77777777" w:rsidR="00870994" w:rsidRDefault="00870994" w:rsidP="00087C04">
+          <w:p w14:paraId="44E8A9FC" w14:textId="36C5867D" w:rsidR="00857D09" w:rsidRPr="00F20D6F" w:rsidRDefault="00857D09" w:rsidP="00087C04">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>SIRET</w:t>
+            <w:r w:rsidRPr="00DD09C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Numéro FINESS/SIRET</w:t>
             </w:r>
             <w:r w:rsidR="00F20D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00857D09" w14:paraId="49F7F780" w14:textId="77777777" w:rsidTr="006014AE">
         <w:trPr>
           <w:trHeight w:val="1020"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -5251,51 +5224,51 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11057"/>
       </w:tblGrid>
       <w:tr w:rsidR="00857D09" w14:paraId="028DEE93" w14:textId="77777777" w:rsidTr="00926F0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67B0BEA0" w14:textId="47EC3980" w:rsidR="00857D09" w:rsidRPr="00280FE6" w:rsidRDefault="00280FE6" w:rsidP="005E75B6">
+          <w:p w14:paraId="67B0BEA0" w14:textId="0272C68E" w:rsidR="00857D09" w:rsidRPr="00280FE6" w:rsidRDefault="00280FE6" w:rsidP="005E75B6">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2F9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00857D09" w:rsidRPr="008A2F9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -5311,76 +5284,76 @@
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00857D09" w:rsidRPr="00280FE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Agréments dont dispose le service au tit</w:t>
             </w:r>
             <w:r w:rsidR="005316C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>re de l’année universitaire 202</w:t>
             </w:r>
-            <w:r w:rsidR="00937196">
+            <w:r w:rsidR="005E75B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00335EA0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00937196">
+            <w:r w:rsidR="005E75B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00857D09" w:rsidRPr="00280FE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> (bien préciser l’intitulé de la</w:t>
             </w:r>
             <w:r w:rsidRPr="00280FE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00857D09" w:rsidRPr="00280FE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:u w:val="single"/>
@@ -7765,231 +7738,231 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="180796DF" w14:textId="77777777" w:rsidR="00857D09" w:rsidRDefault="00857D09" w:rsidP="00857D09"/>
     <w:p w14:paraId="7633B489" w14:textId="77777777" w:rsidR="00857D09" w:rsidRDefault="00857D09" w:rsidP="00857D09"/>
     <w:p w14:paraId="38A1EF92" w14:textId="77777777" w:rsidR="00140751" w:rsidRDefault="00140751"/>
     <w:sectPr w:rsidR="00140751">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1153" w:right="1418" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53CC495B" w14:textId="77777777" w:rsidR="00B95740" w:rsidRDefault="00B95740" w:rsidP="00857D09">
+    <w:p w14:paraId="2A7BAA09" w14:textId="77777777" w:rsidR="00863840" w:rsidRDefault="00863840" w:rsidP="00857D09">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77F3758A" w14:textId="77777777" w:rsidR="00B95740" w:rsidRDefault="00B95740" w:rsidP="00857D09">
+    <w:p w14:paraId="081B4836" w14:textId="77777777" w:rsidR="00863840" w:rsidRDefault="00863840" w:rsidP="00857D09">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="MV Boli"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4B9B07A1" w14:textId="7DD09931" w:rsidR="00937196" w:rsidRDefault="00111365">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B9B07A1" w14:textId="4EB421B2" w:rsidR="00097321" w:rsidRDefault="00111365">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00707D51">
+    <w:r w:rsidR="00F20D6F">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="15809750" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+  <w:p w14:paraId="15809750" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="01399A27" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196"/>
+  <w:p w14:paraId="01399A27" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DDD2AF2" w14:textId="77777777" w:rsidR="00B95740" w:rsidRDefault="00B95740" w:rsidP="00857D09">
+    <w:p w14:paraId="3141392D" w14:textId="77777777" w:rsidR="00863840" w:rsidRDefault="00863840" w:rsidP="00857D09">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BC8694E" w14:textId="77777777" w:rsidR="00B95740" w:rsidRDefault="00B95740" w:rsidP="00857D09">
+    <w:p w14:paraId="3132DCF6" w14:textId="77777777" w:rsidR="00863840" w:rsidRDefault="00863840" w:rsidP="00857D09">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="53D698A7" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00111365">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53D698A7" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00111365">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -8024,216 +7997,216 @@
               <wp:docPr id="1" name="Rectangle 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm rot="-2700000">
                         <a:off x="1655063" y="3411065"/>
                         <a:ext cx="7381875" cy="737870"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="A5A5A5">
                           <a:alpha val="49803"/>
                         </a:srgbClr>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="732B53EF" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+                        <w:p w14:paraId="732B53EF" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321">
                           <w:pPr>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="6904F0B2" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:64pt;margin-top:-197pt;width:453.15pt;height:453.15pt;rotation:-45;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhWH4H5wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU2Fr2zAQ/T7YfxD63tiOkzgNcUppyRiU&#10;LdDtB8iyHAtkSTspsfPvd5LSNmzfxmwQd9Lz07t35+3DNChyFuCk0TUtZjklQnPTSn2s6c8f+7s1&#10;Jc4z3TJltKjpRTj6sPv8aTvajZib3qhWAEES7TajrWnvvd1kmeO9GJibGSs0HnYGBuYxhWPWAhuR&#10;fVDZPM9X2WigtWC4cA53n9Mh3UX+rhPcf+86JzxRNUVtPq4Q1yas2W7LNkdgtpf8KoP9g4qBSY2X&#10;vlM9M8/ICeRfVIPkYJzp/IybITNdJ7mINWA1Rf5HNa89syLWguY4+26T+3+0/Nv51R4AbRit2zgM&#10;QxVTBwMBg27dzas8PLE4lEsm7PJqucxXJSWXmpaLoshXy+SjmDzhCKjKdbGulpRwRFRlta6i0Vki&#10;DhdYcP6LMAMJQU0B+xRvYOcX51EMQt8gAe6Mku1eKhUTODZPCsiZYU8fl+FN3yrbs7S7uF/nZdCE&#10;PC7BU3zLo3Rg0ybwJmjYyT58CJGfmulqTmPaywGIs3wvUfULc/7AAKeloGTECaqp+3ViIChRXzW2&#10;6L5YzNEDf5vAbdLcJkzz3uBgcg+UpOTJx0FNKh9P3nQyehN0JTFXuTgbsbzrHIfhu80j6uNv2/0G&#10;AAD//wMAUEsDBBQABgAIAAAAIQDEVIlr4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcWrtxi0KIUyEEFRekNlRI3Nx4iSPidRS7bfh73BPcdrSjmTflenI9O+EYOk8KFnMB&#10;DKnxpqNWwf79ZZYDC1GT0b0nVPCDAdbV9VWpC+PPtMNTHVuWQigUWoGNcSg4D41Fp8PcD0jp9+VH&#10;p2OSY8vNqM8p3PU8E+KOO91RarB6wCeLzXd9dAo+vXQru9+F4S2nbb153XDx/KHU7c30+AAs4hT/&#10;zHDBT+hQJaaDP5IJrE86y9OWqGAm75fpuliEXEpgBwWrRSaBVyX/v6L6BQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGFYfgfnAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMRUiWviAAAADQEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABQBQAAAAA=&#10;" fillcolor="#a5a5a5" stroked="f">
+            <v:rect w14:anchorId="6904F0B2" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:64pt;margin-top:-197pt;width:453.15pt;height:453.15pt;rotation:-45;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkZAiD/QEAANsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO2yAQfK/Uf0C8X2zHSZyL4pxOd0pV&#10;6dRGvfYDCMY2Ega6kNj5+y6Qu0btW1VbQrswHmZn19uHaVDkLMBJo2tazHJKhOamkbqr6Y/v+7s1&#10;Jc4z3TBltKjpRTj6sPv4YTvajZib3qhGAEES7TajrWnvvd1kmeO9GJibGSs0HrYGBuYxhS5rgI3I&#10;PqhsnuerbDTQWDBcOIe7z+mQ7iJ/2wruv7atE56omqI2H1eI6zGs2W7LNh0w20t+lcH+QcXApMZL&#10;36memWfkBPIvqkFyMM60fsbNkJm2lVzEGrCaIv+jmteeWRFrQXOcfbfJ/T9a/uV8ACIb7B0lmg3Y&#10;om9oGtOdEqQI9ozWbRD1ag9wzRyGodaphYGAQU/v5lUenmgBFkUm5Fstl/mqpORS03JRFPlqmdwW&#10;kyccAVW5LtbVkhKOiKqs1lVsR5aIwwUWnP8kzEBCUFNAYfEGdn5xHsUg9A0S4M4o2eylUjGB7vik&#10;gJwZdv5xGd70rbI9S7uL+3VeBk3I4xI8xbc8Sgc2bQJvgoadLLiSfAiRn47T1ZyjaS7oqLN8L1H1&#10;C3P+wABnCv0dcc5q6n6eGAhK1GeNjbwvFnP0wN8mcJscbxOmeW9wfLkHSlLy5OM4J5WPJ29aGb0J&#10;upKYq1ycoFjeddrDiN7mEfX7n9z9AgAA//8DAFBLAwQUAAYACAAAACEAxFSJa+IAAAANAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fq7cYtCiFMhBBUXpDZUSNzceIkj4nUUu234&#10;e9wT3Ha0o5k35XpyPTvhGDpPChZzAQyp8aajVsH+/WWWAwtRk9G9J1TwgwHW1fVVqQvjz7TDUx1b&#10;lkIoFFqBjXEoOA+NRafD3A9I6fflR6djkmPLzajPKdz1PBPijjvdUWqwesAni813fXQKPr10K7vf&#10;heEtp229ed1w8fyh1O3N9PgALOIU/8xwwU/oUCWmgz+SCaxPOsvTlqhgJu+X6bpYhFxKYAcFq0Um&#10;gVcl/7+i+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBkZAiD/QEAANsDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDEVIlr4gAAAA0BAAAPAAAA&#10;AAAAAAAAAAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" fillcolor="#a5a5a5" stroked="f">
               <v:fill opacity="32639f"/>
               <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                 <w:txbxContent>
-                  <w:p w14:paraId="732B53EF" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+                  <w:p w14:paraId="732B53EF" w14:textId="77777777" w:rsidR="00F21E64" w:rsidRDefault="00D462C3">
                     <w:pPr>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6AAB26D1" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+  <w:p w14:paraId="6AAB26D1" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="42FD0C33" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196"/>
+  <w:p w14:paraId="42FD0C33" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1F578500" w14:textId="3854A1F5" w:rsidR="002B5F50" w:rsidRPr="002B5F50" w:rsidRDefault="00111365" w:rsidP="002B5F50">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F578500" w14:textId="73B1EC7F" w:rsidR="002B5F50" w:rsidRPr="002B5F50" w:rsidRDefault="00111365" w:rsidP="002B5F50">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">Année universitaire </w:t>
     </w:r>
     <w:r w:rsidR="00320D8F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00937196">
+    <w:r w:rsidR="00BB4E13">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00335EA0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>-202</w:t>
     </w:r>
-    <w:r w:rsidR="00937196">
+    <w:r w:rsidR="00BB4E13">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="726913F3" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+  <w:p w14:paraId="726913F3" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="442F36A8" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+  <w:p w14:paraId="442F36A8" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="15A0A6E9" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00111365">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="15A0A6E9" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00111365">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="03FC9BAC" wp14:editId="0CECCAC3">
               <wp:simplePos x="0" y="0"/>
@@ -8249,91 +8222,91 @@
               <wp:docPr id="2" name="Rectangle 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm rot="-2700000">
                         <a:off x="1655063" y="3411065"/>
                         <a:ext cx="7381875" cy="737870"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="A5A5A5">
                           <a:alpha val="49803"/>
                         </a:srgbClr>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0DB6DD59" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+                        <w:p w14:paraId="0DB6DD59" w14:textId="77777777" w:rsidR="00097321" w:rsidRDefault="00097321">
                           <w:pPr>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="03FC9BAC" id="Rectangle 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:64pt;margin-top:-197pt;width:453.15pt;height:453.15pt;rotation:-45;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZVcQB6wEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uK2zAQfS/0H4TeN7ZzczbEWZZdUgpL&#10;G9j2AxRZjgWypM4osffvO5Kzm9C+ldogZkbHR2eOxpuHoTPsrAC1sxUvJjlnykpXa3us+M8fu7sV&#10;ZxiErYVxVlX8TSF/2H7+tOn9Wk1d60ytgBGJxXXvK96G4NdZhrJVncCJ88rSZuOgE4FSOGY1iJ7Y&#10;O5NN83yZ9Q5qD04qRKo+j5t8m/ibRsnwvWlQBWYqTtpCWiGth7hm241YH0H4VsuLDPEPKjqhLR36&#10;QfUsgmAn0H9RdVqCQ9eEiXRd5ppGS5V6oG6K/I9uXlvhVeqFzEH/YRP+P1r57fzq90A29B7XSGHs&#10;YmigY+DIrbtpmccnNUdy2UC3vFws8uWMs7eKz+ZFkS8Xo49qCEwSoJytilW54EwSopyVqzIZnY3E&#10;8QAPGL4o17EYVBzontIJ4vyCgcQQ9B0S4eiMrnfamJTA8fBkgJ0F3enjIr7jt8a3YqzO71f5LGoi&#10;HhzhY3zLY2xksy7yjtBYya4+xCgMh4HpmpqOdLFycPXbHhh6udMk/kVg2AugoSk462mQKo6/TgIU&#10;Z+arpZu6L+ZTsiLcJnCbHG4TYWXraD5lAM7G5CmkeR3FPp6Ca3Sy6CrmoppGJHV5Gec4g7d5Ql1/&#10;uu1vAAAA//8DAFBLAwQUAAYACAAAACEAxFSJa+IAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3Fq7cYtCiFMhBBUXpDZUSNzceIkj4nUUu234e9wT3Ha0o5k35XpyPTvhGDpP&#10;ChZzAQyp8aajVsH+/WWWAwtRk9G9J1TwgwHW1fVVqQvjz7TDUx1blkIoFFqBjXEoOA+NRafD3A9I&#10;6fflR6djkmPLzajPKdz1PBPijjvdUWqwesAni813fXQKPr10K7vfheEtp229ed1w8fyh1O3N9PgA&#10;LOIU/8xwwU/oUCWmgz+SCaxPOsvTlqhgJu+X6bpYhFxKYAcFq0UmgVcl/7+i+gUAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCZVcQB6wEAALwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDEVIlr4gAAAA0BAAAPAAAAAAAAAAAAAAAAAEUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" fillcolor="#a5a5a5" stroked="f">
+            <v:rect w14:anchorId="03FC9BAC" id="Rectangle 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:64pt;margin-top:-197pt;width:453.15pt;height:453.15pt;rotation:-45;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClN8WeAQIAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uK2zAQfS/0H4TeN77kYm+Isyy7pBSW&#10;NnTbD1BkORbIkjpSYufvO5Ky29C+ldogZqTjozNnxpuHaVDkLMBJoxtazHJKhOamlfrY0B/fd3c1&#10;Jc4z3TJltGjoRTj6sP34YTPatShNb1QrgCCJduvRNrT33q6zzPFeDMzNjBUaDzsDA/OYwjFrgY3I&#10;PqiszPNVNhpoLRgunMPd53RIt5G/6wT3X7vOCU9UQ1GbjyvE9RDWbLth6yMw20t+lcH+QcXApMZL&#10;36memWfkBPIvqkFyMM50fsbNkJmuk1zEGrCaIv+jmteeWRFrQXOcfbfJ/T9a/uW8ByLbhpaUaDZg&#10;i76haUwflSBlsGe0bo2oV7uHa+YwDLVOHQwEDHp6V1Z5eKIFWBSZcBZWy2W+mlNyaeh8URT5apnc&#10;FpMnHAHVvC7qakkJR0Q1r+oqtiNLxOECC85/EmYgIWgooLB4Azu/OI9iEPoGCXBnlGx3UqmYwPHw&#10;pICcGXb+cRne9K2yPUu7i/s6nwdNyOMSPMW3PEoHNm0Cb4KGnSy4knwIkZ8OUzSxeHPsYNoLGuss&#10;30kU/8Kc3zPA0SooGXHcGup+nhgIStRnjf28LxYlWuFvE7hNDrcJ07w3OMXcAyUpefJxqpPYx5M3&#10;nYwWBXlJzFU1DlKs8jr0YVJv84j6/WtufwEAAP//AwBQSwMEFAAGAAgAAAAhAMRUiWviAAAADQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau3GLQohTIQQVF6Q2VEjc3HiJI+J1&#10;FLtt+HvcE9x2tKOZN+V6cj074Rg6TwoWcwEMqfGmo1bB/v1llgMLUZPRvSdU8IMB1tX1VakL48+0&#10;w1MdW5ZCKBRagY1xKDgPjUWnw9wPSOn35UenY5Jjy82ozync9TwT4o473VFqsHrAJ4vNd310Cj69&#10;dCu734XhLadtvXndcPH8odTtzfT4ACziFP/McMFP6FAlpoM/kgmsTzrL05aoYCbvl+m6WIRcSmAH&#10;BatFJoFXJf+/ovoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApTfFngECAADiAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxFSJa+IAAAANAQAA&#10;DwAAAAAAAAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" fillcolor="#a5a5a5" stroked="f">
               <v:fill opacity="32639f"/>
               <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                 <w:txbxContent>
-                  <w:p w14:paraId="0DB6DD59" w14:textId="77777777" w:rsidR="00937196" w:rsidRDefault="00937196">
+                  <w:p w14:paraId="0DB6DD59" w14:textId="77777777" w:rsidR="00F21E64" w:rsidRDefault="00D462C3">
                     <w:pPr>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05344183"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FE7C5E12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❒"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -9867,196 +9840,202 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1582909388">
+  <w:num w:numId="1" w16cid:durableId="963660192">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2018263660">
+  <w:num w:numId="2" w16cid:durableId="916941120">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1782645515">
+  <w:num w:numId="3" w16cid:durableId="253783882">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="514613611">
+  <w:num w:numId="4" w16cid:durableId="1743793036">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="757942670">
+  <w:num w:numId="5" w16cid:durableId="757750979">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="267468441">
+  <w:num w:numId="6" w16cid:durableId="1844782009">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="901411276">
+  <w:num w:numId="7" w16cid:durableId="1814829852">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1622300100">
+  <w:num w:numId="8" w16cid:durableId="822966617">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="482088642">
+  <w:num w:numId="9" w16cid:durableId="1049037824">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="761730109">
+  <w:num w:numId="10" w16cid:durableId="2090955766">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="957099466">
+  <w:num w:numId="11" w16cid:durableId="375929046">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="921256382">
+  <w:num w:numId="12" w16cid:durableId="936643728">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="690567570">
+  <w:num w:numId="13" w16cid:durableId="1095907080">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="PERICHON, Astrid (DGOS/SOUS-DIR DES RESS HUMAINES SYSTEME SANTE/RH1)">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S-1-5-21-27022435-3177379373-3347635678-34874"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00857D09"/>
     <w:rsid w:val="0003560D"/>
     <w:rsid w:val="000375E3"/>
     <w:rsid w:val="00086041"/>
+    <w:rsid w:val="00097321"/>
     <w:rsid w:val="000E7020"/>
     <w:rsid w:val="00111365"/>
     <w:rsid w:val="00140751"/>
     <w:rsid w:val="001A5F2C"/>
     <w:rsid w:val="001B28DD"/>
     <w:rsid w:val="00280FE6"/>
     <w:rsid w:val="00282D8E"/>
     <w:rsid w:val="002870C2"/>
     <w:rsid w:val="002B5F50"/>
     <w:rsid w:val="002C5E57"/>
     <w:rsid w:val="00320D8F"/>
     <w:rsid w:val="00335EA0"/>
     <w:rsid w:val="00386107"/>
     <w:rsid w:val="003D298D"/>
+    <w:rsid w:val="00417812"/>
     <w:rsid w:val="00530437"/>
     <w:rsid w:val="005316C5"/>
     <w:rsid w:val="005E75B6"/>
     <w:rsid w:val="006014AE"/>
-    <w:rsid w:val="00707D51"/>
+    <w:rsid w:val="006256F1"/>
     <w:rsid w:val="00857D09"/>
-    <w:rsid w:val="00870994"/>
+    <w:rsid w:val="00863840"/>
     <w:rsid w:val="008A2F9C"/>
     <w:rsid w:val="00926F0D"/>
     <w:rsid w:val="009338FD"/>
-    <w:rsid w:val="00937196"/>
+    <w:rsid w:val="00B323C2"/>
     <w:rsid w:val="00B95740"/>
     <w:rsid w:val="00BA3FF2"/>
+    <w:rsid w:val="00BB4E13"/>
     <w:rsid w:val="00CF338B"/>
     <w:rsid w:val="00D462C3"/>
     <w:rsid w:val="00D94605"/>
     <w:rsid w:val="00DB1DCF"/>
     <w:rsid w:val="00DD09C4"/>
     <w:rsid w:val="00E63D3A"/>
     <w:rsid w:val="00E67299"/>
+    <w:rsid w:val="00EE457D"/>
     <w:rsid w:val="00EF75C1"/>
     <w:rsid w:val="00F20D6F"/>
+    <w:rsid w:val="00F50E88"/>
     <w:rsid w:val="00F85BD2"/>
+    <w:rsid w:val="00FD7B8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="59F317A8"/>
   <w15:docId w15:val="{EDCD981E-A80D-494E-94BD-30BECA2CA20C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10584,51 +10563,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF338B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -10864,77 +10843,106 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5322814E-0AB3-42AA-B840-5D011DDB04E3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02F32F36-E2FA-40AA-88A5-56565833E38E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1495</Words>
-  <Characters>8224</Characters>
+  <Words>1494</Words>
+  <Characters>8222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>PPT/DSI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9700</CharactersWithSpaces>
+  <CharactersWithSpaces>9697</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PERICHON, Astrid (DGOS/SOUS-DIR DES RESS HUMAINES SYSTEME SANTE/RH1)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-04T14:01:13Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>90380b43-14f6-4dff-9697-42bfbe27ea01</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>