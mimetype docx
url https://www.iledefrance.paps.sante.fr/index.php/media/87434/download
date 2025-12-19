--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -1,3950 +1,4010 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="55D5DFA5" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
+    <w:p w14:paraId="03FED2A2" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08F19330" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
+    <w:p w14:paraId="61E336EA" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E937EC">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>QUESTIONNAIRE DE DEMANDE D’AGRÉMENT POUR L’ACCUEIL D’INTERNES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> PHASE SOCLE / APROFONDISSEMENT (DES / FST)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A84E89" w14:textId="77777777" w:rsidR="007865BF" w:rsidRPr="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
+    <w:p w14:paraId="64BE9356" w14:textId="77777777" w:rsidR="007865BF" w:rsidRPr="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007865BF">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>BIOLOGIE MEDICALE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D9BD27" w14:textId="77777777" w:rsidR="00E8554A" w:rsidRPr="00E8554A" w:rsidRDefault="00E8554A" w:rsidP="00E8554A">
+    <w:p w14:paraId="7E272C65" w14:textId="77777777" w:rsidR="00E8554A" w:rsidRPr="00E8554A" w:rsidRDefault="00E8554A" w:rsidP="00E8554A">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:ind w:left="-709"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10916" w:type="dxa"/>
         <w:tblInd w:w="-781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="1136"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="58"/>
         <w:gridCol w:w="1926"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="712"/>
         <w:gridCol w:w="281"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="2980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A3D06" w:rsidRPr="00E8554A" w14:paraId="4082E0A7" w14:textId="77777777" w:rsidTr="00862826">
+      <w:tr w:rsidR="001A3D06" w:rsidRPr="00E8554A" w14:paraId="0889FE64" w14:textId="77777777" w:rsidTr="00862826">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="493A63C6" w14:textId="77777777" w:rsidR="00CF0C59" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
+          <w:p w14:paraId="3FDF1CF2" w14:textId="77777777" w:rsidR="00CF0C59" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Nom et adresse de l’établissement :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60127E44" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
+          <w:p w14:paraId="6D664C4C" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008409DB" w:rsidRPr="00E8554A" w14:paraId="775041E8" w14:textId="77777777" w:rsidTr="00862826">
+      <w:tr w:rsidR="008409DB" w:rsidRPr="00E8554A" w14:paraId="2A7FC6D0" w14:textId="77777777" w:rsidTr="00862826">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77F13A5C" w14:textId="77777777" w:rsidR="008409DB" w:rsidRDefault="008409DB" w:rsidP="008409DB">
+          <w:p w14:paraId="30F102B1" w14:textId="77777777" w:rsidR="008409DB" w:rsidRDefault="008409DB" w:rsidP="008409DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Numéro FINESS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C58D780" w14:textId="77777777" w:rsidR="008409DB" w:rsidRPr="00E8554A" w:rsidRDefault="008409DB" w:rsidP="001A3D06">
+          <w:p w14:paraId="29011B44" w14:textId="77777777" w:rsidR="008409DB" w:rsidRPr="00E8554A" w:rsidRDefault="008409DB" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94BDF" w:rsidRPr="00E8554A" w14:paraId="2AF800CB" w14:textId="77777777" w:rsidTr="00862826">
+      <w:tr w:rsidR="00F94BDF" w:rsidRPr="00E8554A" w14:paraId="25ABC0A1" w14:textId="77777777" w:rsidTr="00862826">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CFD5D96" w14:textId="77777777" w:rsidR="00F94BDF" w:rsidRPr="00E8554A" w:rsidRDefault="00F94BDF" w:rsidP="00F94BDF">
+          <w:p w14:paraId="02FADB81" w14:textId="77777777" w:rsidR="00F94BDF" w:rsidRPr="00E8554A" w:rsidRDefault="00F94BDF" w:rsidP="00F94BDF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>SIRET de l’établissement :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EFC2A84" w14:textId="77777777" w:rsidR="00F94BDF" w:rsidRPr="00E8554A" w:rsidRDefault="00F94BDF" w:rsidP="001A3D06">
+          <w:p w14:paraId="6CC39158" w14:textId="77777777" w:rsidR="00F94BDF" w:rsidRPr="00E8554A" w:rsidRDefault="00F94BDF" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A3D06" w:rsidRPr="00E8554A" w14:paraId="63FA28A2" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="001A3D06" w:rsidRPr="00E8554A" w14:paraId="7D908A7B" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10916" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07432286" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
+          <w:p w14:paraId="49099B02" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom de la personne responsable du dossier </w:t>
             </w:r>
             <w:r w:rsidR="005C6DA4" w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(bureau des affaires médicales) </w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="359019B1" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
+          <w:p w14:paraId="108C7040" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Téléphone :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="743658D0" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
+          <w:p w14:paraId="76BAF687" w14:textId="77777777" w:rsidR="001A3D06" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Mél : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362453" w:rsidRPr="00E8554A" w14:paraId="6B97304D" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00362453" w:rsidRPr="00E8554A" w14:paraId="6902CB55" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="528"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4452" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EF5BF79" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="001A3D06">
+          <w:p w14:paraId="2D1D9130" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4542">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nature de l’établissement :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04BF38A9" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="001A3D06">
+          <w:p w14:paraId="6257A5B1" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36ED6B9C" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="001A3D06">
+          <w:p w14:paraId="577C6D89" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D460CB3" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="5B8312BC" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">CHU </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1361FE61" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="4E729AB3" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CHG</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3168906D" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="1DA5AE27" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ESPIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1379807D" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="7816E1EF" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4538" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3742FB8D" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="20E690E0" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="403" w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Etablissement privé autre que d’intérêt collectif</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FB91648" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="4850AF60" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="403" w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autre (à préciser)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A989BA1" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="001A3D06">
+          <w:p w14:paraId="5A64D316" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="001A3D06">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A3D06" w:rsidRPr="00E8554A" w14:paraId="7A8DFC58" w14:textId="77777777" w:rsidTr="00CB23B1">
+      <w:tr w:rsidR="001A3D06" w:rsidRPr="00E8554A" w14:paraId="38AB5B4D" w14:textId="77777777" w:rsidTr="00CB23B1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10916" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2224D862" w14:textId="77777777" w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001B2F28">
+          <w:p w14:paraId="2B3F5BA4" w14:textId="77777777" w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w:rsidRDefault="001A3D06" w:rsidP="001B2F28">
             <w:pPr>
               <w:ind w:right="-1627"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Activité d</w:t>
             </w:r>
             <w:r w:rsidR="00DC35C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>e la structure</w:t>
             </w:r>
             <w:r w:rsidR="001B2F28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> d’accueil</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D97AD1" w:rsidRPr="00E8554A" w14:paraId="694B91A4" w14:textId="77777777" w:rsidTr="00862826">
+      <w:tr w:rsidR="00D97AD1" w:rsidRPr="00E8554A" w14:paraId="3C90161C" w14:textId="77777777" w:rsidTr="00862826">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="976"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3416A685" w14:textId="77777777" w:rsidR="00D97AD1" w:rsidRDefault="00D97AD1" w:rsidP="005B376E">
+          <w:p w14:paraId="20DA5FB5" w14:textId="77777777" w:rsidR="00D97AD1" w:rsidRDefault="00D97AD1" w:rsidP="005B376E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom </w:t>
             </w:r>
             <w:r w:rsidR="00290240">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>du service /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>de la structure demandant l’agrément</w:t>
+              <w:t xml:space="preserve">de la structure demandant </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>l’agrément</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="63FEFB2E" w14:textId="77777777" w:rsidR="00D97AD1" w:rsidRPr="00F64436" w:rsidRDefault="00D97AD1" w:rsidP="005B376E">
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="74966836" w14:textId="77777777" w:rsidR="00D97AD1" w:rsidRPr="00F64436" w:rsidRDefault="00D97AD1" w:rsidP="005B376E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>(Précisez si: unité, service, département, pôle ou direction)</w:t>
+              <w:t xml:space="preserve">(Précisez </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F64436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>si:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F64436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unité, service, département, pôle ou direction)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7941" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47F6FCC3" w14:textId="77777777" w:rsidR="00D97AD1" w:rsidRPr="00E8554A" w:rsidRDefault="00D97AD1" w:rsidP="005B376E">
+          <w:p w14:paraId="4928C811" w14:textId="77777777" w:rsidR="00D97AD1" w:rsidRPr="00E8554A" w:rsidRDefault="00D97AD1" w:rsidP="005B376E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1773"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="240"/>
               <w:ind w:left="-353"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B376E" w:rsidRPr="00E8554A" w14:paraId="556E4C5C" w14:textId="77777777" w:rsidTr="00862826">
+      <w:tr w:rsidR="005B376E" w:rsidRPr="00E8554A" w14:paraId="09690799" w14:textId="77777777" w:rsidTr="00862826">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="131F2163" w14:textId="77777777" w:rsidR="005B376E" w:rsidRDefault="005B376E" w:rsidP="001E0F8D">
+          <w:p w14:paraId="7EACF327" w14:textId="77777777" w:rsidR="005B376E" w:rsidRDefault="005B376E" w:rsidP="001E0F8D">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom du </w:t>
             </w:r>
             <w:r w:rsidR="00290240">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">chef de service / du </w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">responsable </w:t>
             </w:r>
             <w:r w:rsidR="007865BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">du service </w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C50A084" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00F64436" w:rsidRDefault="00F64436" w:rsidP="00F64436">
+          <w:p w14:paraId="4BF92E35" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00F64436" w:rsidRDefault="00F64436" w:rsidP="00F64436">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>(Précisez si Dr. ou Pr.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C2AC1B8" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="005B376E">
+          <w:p w14:paraId="316E77A7" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="005B376E">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F567A8B" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
+          <w:p w14:paraId="75F117AF" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Téléphone</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33A82A5F" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
+          <w:p w14:paraId="3D26827F" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B376E" w:rsidRPr="00E8554A" w14:paraId="24A8074C" w14:textId="77777777" w:rsidTr="00862826">
+      <w:tr w:rsidR="005B376E" w:rsidRPr="00E8554A" w14:paraId="557B5CE6" w14:textId="77777777" w:rsidTr="00862826">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03745B10" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="005B376E">
+          <w:p w14:paraId="1D553AAC" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="005B376E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21D62F09" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
+          <w:p w14:paraId="69B893E6" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30D724EB" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
+          <w:p w14:paraId="690EE054" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mél</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48B00B23" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
+          <w:p w14:paraId="7AC0E76E" w14:textId="77777777" w:rsidR="005B376E" w:rsidRPr="00E8554A" w:rsidRDefault="005B376E" w:rsidP="00E70D1A">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w14:paraId="16751F18" w14:textId="77777777" w:rsidTr="00CB23B1">
+      <w:tr w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w14:paraId="558FA392" w14:textId="77777777" w:rsidTr="00CB23B1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10916" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2CB052" w14:textId="77777777" w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w:rsidRDefault="00E70D1A" w:rsidP="0008082E">
+          <w:p w14:paraId="78A7B9CB" w14:textId="77777777" w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w:rsidRDefault="00E70D1A" w:rsidP="0008082E">
             <w:pPr>
               <w:ind w:right="-1627"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0008082E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Disciplines de la structure d’accueil</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081044B" w:rsidRPr="00E8554A" w14:paraId="296C625C" w14:textId="77777777" w:rsidTr="003D3AEF">
+      <w:tr w:rsidR="0081044B" w:rsidRPr="00E8554A" w14:paraId="1F14B4F5" w14:textId="77777777" w:rsidTr="003D3AEF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1867"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2636A560" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="0282F794" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bactériologie - virologie :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19731C8F" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="75608C94" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biochimie :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="701B54C4" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="13FE033B" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hématologie :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="638FD398" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="12CEA369" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Immunologie</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FB559BE" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="1C5FB6BB" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Parasitologie </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B409A9B" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="1EF1F7A1" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biologie polyvalente </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4877D1D9" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="43B5B135" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="355"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stages cliniques</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37BA4BBF" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="2C5C104D" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="355"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Génétique moléculaire</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00F8B708" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="62EA2FD7" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="355"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cytogénétique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60925CCF" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="4D3A2B17" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biologie de la reproduction </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FF6629" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
+          <w:p w14:paraId="4B93DEFB" w14:textId="77777777" w:rsidR="0081044B" w:rsidRPr="00362453" w:rsidRDefault="0081044B" w:rsidP="0008082E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thérapie cellulaire et génique </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05FF2CF5" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRPr="003D3AEF" w:rsidRDefault="0081044B" w:rsidP="003D3AEF">
+          <w:p w14:paraId="02DE23EC" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRPr="003D3AEF" w:rsidRDefault="0081044B" w:rsidP="003D3AEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pharmacologie – toxicologie </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w14:paraId="0F3E1277" w14:textId="77777777" w:rsidTr="00CB23B1">
+      <w:tr w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w14:paraId="4E8F6660" w14:textId="77777777" w:rsidTr="00CB23B1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10916" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E063578" w14:textId="77777777" w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="0008082E">
+          <w:p w14:paraId="786ED286" w14:textId="77777777" w:rsidR="00E70D1A" w:rsidRPr="00E8554A" w:rsidRDefault="00362453" w:rsidP="0008082E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2716">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="002A2716">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Agrément</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362453" w:rsidRPr="00E8554A" w14:paraId="171B3288" w14:textId="77777777" w:rsidTr="00CB23B1">
+      <w:tr w:rsidR="00362453" w:rsidRPr="00E8554A" w14:paraId="6828BE22" w14:textId="77777777" w:rsidTr="00CB23B1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="889"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10916" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B5718D9" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="6E5748EA" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="376130D2" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00CF0C59" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="25952342" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00CF0C59" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">-1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF0C59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Motif de la demande :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="269AC906" w14:textId="77777777" w:rsidR="00CF0C59" w:rsidRPr="00CF0C59" w:rsidRDefault="00CF0C59" w:rsidP="00362453">
+          <w:p w14:paraId="65766454" w14:textId="77777777" w:rsidR="00CF0C59" w:rsidRPr="00CF0C59" w:rsidRDefault="00CF0C59" w:rsidP="00362453">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B1EB1C4" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="09F3E40E" w14:textId="77777777" w:rsidR="00362453" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF0C59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Changement de responsable de la structure d’accueil ; si oui, préciser le nom du </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF0C59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>précédent</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF0C59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> responsable : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="039663BB" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
+          <w:p w14:paraId="6C809206" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B7CA0E6" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00CF0C59" w:rsidRDefault="00362453" w:rsidP="00362453">
+          <w:p w14:paraId="1B6EDF13" w14:textId="77777777" w:rsidR="00362453" w:rsidRPr="00CF0C59" w:rsidRDefault="00362453" w:rsidP="00362453">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF0C59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Restructuration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37357896" w14:textId="77777777" w:rsidR="008409DB" w:rsidRDefault="00362453" w:rsidP="007865BF">
+          <w:p w14:paraId="0770AF27" w14:textId="77777777" w:rsidR="008409DB" w:rsidRDefault="00362453" w:rsidP="007865BF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007865BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelle </w:t>
             </w:r>
             <w:r w:rsidR="008409DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>demande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="195FF4F3" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="00362453" w:rsidP="007865BF">
+          <w:p w14:paraId="08FC1714" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="00362453" w:rsidP="007865BF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007865BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Première demande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1144DBAE" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRDefault="003D3AEF" w:rsidP="003D3AEF">
+          <w:p w14:paraId="4A0E1EAD" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRDefault="003D3AEF" w:rsidP="003D3AEF">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.2 – Encadrement :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19AC6E0B" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRDefault="003D3AEF" w:rsidP="003D3AEF">
+          <w:p w14:paraId="1ABBA678" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRDefault="003D3AEF" w:rsidP="003D3AEF">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Service à encadrement universitaire : </w:t>
             </w:r>
             <w:r w:rsidRPr="003D3AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui   </w:t>
             </w:r>
             <w:r w:rsidRPr="003D3AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> Non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07064895" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRPr="003D3AEF" w:rsidRDefault="003D3AEF" w:rsidP="003D3AEF">
+          <w:p w14:paraId="2BEE1858" w14:textId="77777777" w:rsidR="003D3AEF" w:rsidRPr="003D3AEF" w:rsidRDefault="003D3AEF" w:rsidP="003D3AEF">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C7AA7" w:rsidRPr="00E8554A" w14:paraId="64B17E4F" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="004C7AA7" w:rsidRPr="00E8554A" w14:paraId="3DE146C2" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10916" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="096E39F1" w14:textId="77777777" w:rsidR="004C7AA7" w:rsidRPr="00B83D71" w:rsidRDefault="00362453" w:rsidP="0009398F">
+          <w:p w14:paraId="7E131A34" w14:textId="255E0051" w:rsidR="004C7AA7" w:rsidRPr="00B83D71" w:rsidRDefault="00362453" w:rsidP="0009398F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="004A7FF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
             <w:r w:rsidR="004C7AA7" w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - Agréments demandés en biologie au tit</w:t>
             </w:r>
             <w:r w:rsidR="004C7AA7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>re de l’année univer</w:t>
             </w:r>
-            <w:r w:rsidR="0004574A">
-[...6 lines deleted...]
-              <w:t>sitaire 2024-2025</w:t>
+            <w:r w:rsidR="001C6142">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sitaire 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D758B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6142">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D758B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004C7AA7" w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007865BF" w:rsidRPr="00E8554A" w14:paraId="32BF421F" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="007865BF" w:rsidRPr="00E8554A" w14:paraId="2996DB28" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0847798A" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="004C7AA7">
+          <w:p w14:paraId="066462B6" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="004C7AA7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="390E58A2" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="004C7AA7">
+          <w:p w14:paraId="542B989D" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="004C7AA7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Intitulé de la spécialité</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="766B0CD9" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
+          <w:p w14:paraId="278A973A" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Agrément pour l’accueil d’internes de phase socle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D8E469" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
+          <w:p w14:paraId="0AD85DE5" w14:textId="77777777" w:rsidR="007865BF" w:rsidRDefault="007865BF" w:rsidP="007865BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Agrément pour l’accueil d’internes de phase d’approfondissement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="697182F7" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="3A22FB79" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E587F04" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="1B625384" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">070 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="540DC1E6" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="262ABB75" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bactériologie - virologie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED481BA" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="50663C70" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29818900" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="7D2972B8" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="44BAACDA" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="65280E99" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA1FE3" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="6B1629E5" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">071 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79661F5A" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="4C522755" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biochimie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCDC25E" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="06BBCC83" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39A687F6" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="6DA16EE4" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="000E2FE4" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="6B90F5CB" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="488601C9" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="4CC4E177" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>072 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57FF46A6" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="380A82EC" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hématologie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="774624D8" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="064D78C5" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59006ACD" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="651ED9A8" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="58BF0FBD" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="3EB7B415" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4FE325" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="33325EF0" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">073 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02C9C775" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="2E70F022" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Immunologie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11F5796C" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="3DB9251D" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="113FD445" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="02D19E6F" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="08C8AE32" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="6114A0AD" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34CBBA1A" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="28846678" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>074 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06AF3544" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="7A5BD618" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Parasitologie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A9B1F90" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="30314204" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C169114" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="6CBE717C" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="1DCD71B0" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="65882FBD" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15CF6672" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="6F64E5C9" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">075 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5099D252" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="0CD0412A" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biologie polyvalente</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B2F28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>(Précisez si Plateau technique)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38266264" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="2C60A686" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33995E8F" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="12E13A59" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="5D82F209" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="00BD3CC2" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8F2954" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="349C4379" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">077 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="283164CB" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="69D53C51" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stages cliniques</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F47B2B" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="3477D494" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0325D5AD" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="742313D8" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="610E002E" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="417A5E89" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="038C3937" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="76D0988B" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">901 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="357B935A" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="3B7903EF" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Génétique moléculaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60D0A927" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="2C98BB5F" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF6259E" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="7A58F34A" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="18ABAF9A" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="1AB7A02F" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7129C01F" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="0E8982F7" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">902 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69BC562D" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="4C72055D" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cytogénétique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7942F25B" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="4D448D23" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1858907C" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="59E75513" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="0457103F" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="0542A660" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7C7686" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="1188DC3B" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">903 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ADBA268" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="4A757CE7" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biologie de la reproduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56F264AB" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="18458FF9" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0CDBC0" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="3FB10612" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="602321B0" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="0947F4CA" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B16FCE8" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="68F56F70" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">904 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF116B6" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="2AC10F3B" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thérapie cellulaire et génique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B013A6E" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="4B72015B" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="092B6089" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="6FAADF5D" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="7C0AEC48" w14:textId="77777777" w:rsidTr="004A7FF2">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="0096D25B" w14:textId="77777777" w:rsidTr="004A7FF2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED04670" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="2886A28E" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">905 – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="572B06EF" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="5016EBC4" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pharmacologie - toxicologie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B5ED45" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="1A5F914D" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="665C3FDD" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="5F55FB4E" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:hanging="724"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="1382255E" w14:textId="77777777" w:rsidTr="00862826">
+      <w:tr w:rsidR="00586766" w:rsidRPr="00E8554A" w14:paraId="68D67F87" w14:textId="77777777" w:rsidTr="00862826">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="3088"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A176EAE" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="35109991" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Le directeur de l’établissement :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FFDF208" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="58E02578" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4397" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C3B2187" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
+          <w:p w14:paraId="2A0A511D" w14:textId="77777777" w:rsidR="00586766" w:rsidRPr="00E8554A" w:rsidRDefault="00586766" w:rsidP="00586766">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Le chef de service :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02E03B27" w14:textId="77777777" w:rsidR="00883744" w:rsidRPr="00E8554A" w:rsidRDefault="00883744"/>
+    <w:p w14:paraId="07E74E84" w14:textId="77777777" w:rsidR="00883744" w:rsidRPr="00E8554A" w:rsidRDefault="00883744"/>
     <w:sectPr w:rsidR="00883744" w:rsidRPr="00E8554A" w:rsidSect="00C4552F">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="284" w:left="1361" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5242F5F3" w14:textId="77777777" w:rsidR="00810772" w:rsidRDefault="00810772">
+    <w:p w14:paraId="49A450E3" w14:textId="77777777" w:rsidR="00A64D36" w:rsidRDefault="00A64D36">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BEA086D" w14:textId="77777777" w:rsidR="00810772" w:rsidRDefault="00810772">
+    <w:p w14:paraId="442B3538" w14:textId="77777777" w:rsidR="00A64D36" w:rsidRDefault="00A64D36">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F49FCE4" w14:textId="77777777" w:rsidR="00810772" w:rsidRDefault="00810772">
+    <w:p w14:paraId="5B778C2E" w14:textId="77777777" w:rsidR="00A64D36" w:rsidRDefault="00A64D36">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B51A938" w14:textId="77777777" w:rsidR="00810772" w:rsidRDefault="00810772">
+    <w:p w14:paraId="6816B53E" w14:textId="77777777" w:rsidR="00A64D36" w:rsidRDefault="00A64D36">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="72884A4F" w14:textId="77777777" w:rsidR="00B959CD" w:rsidRDefault="00B959CD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05713CB3" w14:textId="77777777" w:rsidR="00B959CD" w:rsidRDefault="00B959CD">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7197A185" w14:textId="77777777" w:rsidR="00B959CD" w:rsidRDefault="00B959CD">
+  <w:p w14:paraId="643254AD" w14:textId="77777777" w:rsidR="00B959CD" w:rsidRDefault="00B959CD">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1B02174E" w14:textId="61B06BE9" w:rsidR="00C70FDA" w:rsidRDefault="00B959CD" w:rsidP="002A2716">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="39798FFD" w14:textId="4A06F2A6" w:rsidR="00C70FDA" w:rsidRDefault="00B959CD" w:rsidP="002A2716">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="7826" w:y="241"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000F5B03">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="001B6AFA">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>nnée universitaire 202</w:t>
     </w:r>
-    <w:r w:rsidR="0028037F">
+    <w:r w:rsidR="00510188">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="001B6AFA">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B83D71">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00F94BDF">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="0009398F">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0028037F">
+    <w:r w:rsidR="00510188">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3A44DA9C" w14:textId="77777777" w:rsidR="00B83D71" w:rsidRPr="000F5B03" w:rsidRDefault="00B83D71" w:rsidP="002A2716">
+  <w:p w14:paraId="0795B627" w14:textId="77777777" w:rsidR="00B83D71" w:rsidRPr="000F5B03" w:rsidRDefault="00B83D71" w:rsidP="002A2716">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="7826" w:y="241"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7E837340" w14:textId="77777777" w:rsidR="00B959CD" w:rsidRPr="00205D7A" w:rsidRDefault="00E0185E" w:rsidP="001A3D06">
+  <w:p w14:paraId="1579B676" w14:textId="77777777" w:rsidR="00B959CD" w:rsidRPr="00205D7A" w:rsidRDefault="00E0185E" w:rsidP="001A3D06">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3851E469" wp14:editId="38B45202">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="110F0680" wp14:editId="08790D95">
           <wp:extent cx="1073150" cy="615950"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Image 2" descr="logo_ars"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="logo_ars"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -3953,51 +4013,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1073150" cy="615950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="080F5DC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30BCEC30"/>
     <w:lvl w:ilvl="0" w:tplc="86AAC0CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5084,264 +5144,272 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="22555774">
+  <w:num w:numId="1" w16cid:durableId="652149312">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="119765636">
+  <w:num w:numId="2" w16cid:durableId="633953172">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="980379035">
+  <w:num w:numId="3" w16cid:durableId="1165783983">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2144811684">
+  <w:num w:numId="4" w16cid:durableId="2126652943">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="975061403">
+  <w:num w:numId="5" w16cid:durableId="1136526864">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1401245226">
+  <w:num w:numId="6" w16cid:durableId="20326104">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="433016368">
+  <w:num w:numId="7" w16cid:durableId="137036326">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="109252482">
+  <w:num w:numId="8" w16cid:durableId="1630435899">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2011790155">
+  <w:num w:numId="9" w16cid:durableId="423841627">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="628125965">
+  <w:num w:numId="10" w16cid:durableId="499468011">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="136"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A3D06"/>
     <w:rsid w:val="00015B54"/>
     <w:rsid w:val="00016D89"/>
     <w:rsid w:val="0002129A"/>
     <w:rsid w:val="00030A97"/>
-    <w:rsid w:val="0004574A"/>
     <w:rsid w:val="00065463"/>
     <w:rsid w:val="0008082E"/>
     <w:rsid w:val="00083D71"/>
     <w:rsid w:val="0009398F"/>
     <w:rsid w:val="000A1254"/>
     <w:rsid w:val="000D1B2D"/>
     <w:rsid w:val="0014459B"/>
     <w:rsid w:val="001A3D06"/>
     <w:rsid w:val="001B2F28"/>
     <w:rsid w:val="001B6AFA"/>
     <w:rsid w:val="001C6142"/>
+    <w:rsid w:val="001D1C10"/>
     <w:rsid w:val="001D5EB7"/>
     <w:rsid w:val="001E0F8D"/>
     <w:rsid w:val="00212C7B"/>
     <w:rsid w:val="00223831"/>
-    <w:rsid w:val="0028037F"/>
     <w:rsid w:val="00290240"/>
     <w:rsid w:val="002A2716"/>
+    <w:rsid w:val="002B0D94"/>
     <w:rsid w:val="002D751B"/>
     <w:rsid w:val="00310642"/>
     <w:rsid w:val="00362453"/>
     <w:rsid w:val="003648CA"/>
     <w:rsid w:val="00365EF9"/>
     <w:rsid w:val="003D3AEF"/>
+    <w:rsid w:val="00417812"/>
     <w:rsid w:val="00455BE6"/>
     <w:rsid w:val="0046169C"/>
     <w:rsid w:val="00463F79"/>
     <w:rsid w:val="004A5F95"/>
     <w:rsid w:val="004A7FF2"/>
     <w:rsid w:val="004B38E3"/>
     <w:rsid w:val="004C0BFC"/>
     <w:rsid w:val="004C7AA7"/>
     <w:rsid w:val="0050549A"/>
+    <w:rsid w:val="00510188"/>
     <w:rsid w:val="005129E8"/>
     <w:rsid w:val="0051778A"/>
     <w:rsid w:val="00524821"/>
     <w:rsid w:val="0053185D"/>
     <w:rsid w:val="00586766"/>
     <w:rsid w:val="005B376E"/>
     <w:rsid w:val="005C6DA4"/>
     <w:rsid w:val="005D24A3"/>
     <w:rsid w:val="00647A47"/>
     <w:rsid w:val="006654E8"/>
     <w:rsid w:val="006815FD"/>
     <w:rsid w:val="006A69F2"/>
     <w:rsid w:val="006B47D2"/>
     <w:rsid w:val="006E22D1"/>
     <w:rsid w:val="00703B3F"/>
     <w:rsid w:val="00710C9C"/>
     <w:rsid w:val="00741AE5"/>
     <w:rsid w:val="00781A3A"/>
     <w:rsid w:val="007865BF"/>
     <w:rsid w:val="007B41B2"/>
     <w:rsid w:val="0081044B"/>
     <w:rsid w:val="00810772"/>
     <w:rsid w:val="00834BFD"/>
     <w:rsid w:val="008409DB"/>
     <w:rsid w:val="00847707"/>
     <w:rsid w:val="00862826"/>
     <w:rsid w:val="0087695C"/>
     <w:rsid w:val="00883744"/>
     <w:rsid w:val="008A287E"/>
     <w:rsid w:val="008F63DD"/>
     <w:rsid w:val="00941411"/>
     <w:rsid w:val="00947693"/>
+    <w:rsid w:val="00961382"/>
     <w:rsid w:val="00990C9C"/>
     <w:rsid w:val="009C3917"/>
     <w:rsid w:val="009C59BF"/>
     <w:rsid w:val="009D5EE5"/>
     <w:rsid w:val="009F1025"/>
     <w:rsid w:val="00A0090D"/>
     <w:rsid w:val="00A1211F"/>
     <w:rsid w:val="00A24C85"/>
+    <w:rsid w:val="00A64D36"/>
     <w:rsid w:val="00A70DE2"/>
     <w:rsid w:val="00A92EDD"/>
     <w:rsid w:val="00AE6D7A"/>
     <w:rsid w:val="00B30F0B"/>
+    <w:rsid w:val="00B323C2"/>
     <w:rsid w:val="00B65CB2"/>
     <w:rsid w:val="00B76864"/>
     <w:rsid w:val="00B83D71"/>
     <w:rsid w:val="00B959CD"/>
     <w:rsid w:val="00BA7114"/>
     <w:rsid w:val="00BC2021"/>
     <w:rsid w:val="00BD6239"/>
     <w:rsid w:val="00BF4542"/>
     <w:rsid w:val="00C321C6"/>
     <w:rsid w:val="00C32548"/>
     <w:rsid w:val="00C4552F"/>
     <w:rsid w:val="00C46B9A"/>
     <w:rsid w:val="00C5000B"/>
     <w:rsid w:val="00C70FDA"/>
     <w:rsid w:val="00CB23B1"/>
+    <w:rsid w:val="00CE1A77"/>
     <w:rsid w:val="00CE3402"/>
     <w:rsid w:val="00CF0C59"/>
     <w:rsid w:val="00D03223"/>
     <w:rsid w:val="00D574D6"/>
+    <w:rsid w:val="00D758B4"/>
     <w:rsid w:val="00D92090"/>
     <w:rsid w:val="00D97AD1"/>
     <w:rsid w:val="00DC29B6"/>
     <w:rsid w:val="00DC35C8"/>
     <w:rsid w:val="00E0185E"/>
     <w:rsid w:val="00E70D1A"/>
     <w:rsid w:val="00E8554A"/>
     <w:rsid w:val="00EB2414"/>
     <w:rsid w:val="00F04B05"/>
     <w:rsid w:val="00F11C32"/>
     <w:rsid w:val="00F64436"/>
     <w:rsid w:val="00F94BDF"/>
+    <w:rsid w:val="00F952F5"/>
     <w:rsid w:val="00FB1FCF"/>
     <w:rsid w:val="00FE5C8C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="34BA72B9"/>
+  <w14:docId w14:val="62666DA9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{906A4CF8-2141-4A37-BC67-121ADFB4B61E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -5704,51 +5772,51 @@
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:rsid w:val="00703B3F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:link w:val="Textedebulles"/>
     <w:rsid w:val="00703B3F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5987,64 +6055,64 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9586570B-776B-4F97-A3BB-BFB63D01F2DE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCEBCAA0-B113-4C7F-84A1-83F4CE058BA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>303</Words>
-  <Characters>1614</Characters>
+  <Words>294</Words>
+  <Characters>1623</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUESTIONNAIRE DE DEMANDE D’AGRÉMENT INTERNAT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de la Santé</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1914</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
@@ -6065,25 +6133,54 @@
         <vt:lpwstr>http://ars.iledefrance.sante.fr/fileadmin/ILE-DE-FRANCE/ARS_Logo/signature_ars/logo_ars.jpg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>QUESTIONNAIRE DE DEMANDE D’AGRÉMENT INTERNAT</dc:title>
   <dc:subject/>
   <dc:creator>jlambert</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-04T14:02:21Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>3efc8b7f-06b8-43ac-9f40-ba9da637e24c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>