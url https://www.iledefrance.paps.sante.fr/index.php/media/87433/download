--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -1,1657 +1,1672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="713EFCBB" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="00A8272E" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+    <w:p w14:paraId="63BD8B48" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="00A8272E" w:rsidRDefault="003346A0" w:rsidP="004644B2">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8272E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>QUESTIONNAIRE DE DEMANDE D’AGRÉMENT INTERNAT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18727691" w14:textId="77777777" w:rsidR="001F7A7D" w:rsidRDefault="001F7A7D" w:rsidP="00CC1156">
+    <w:p w14:paraId="79953D38" w14:textId="77777777" w:rsidR="001F7A7D" w:rsidRDefault="001F7A7D" w:rsidP="00CC1156">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E937EC">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>D’INTERNES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> PHASE SOCLE / APROFONDISSEMENT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3B4A0D" w14:textId="77777777" w:rsidR="00CC1156" w:rsidRPr="00CC1156" w:rsidRDefault="00CC1156" w:rsidP="00CC1156">
+    <w:p w14:paraId="6D5A750B" w14:textId="77777777" w:rsidR="00CC1156" w:rsidRPr="00CC1156" w:rsidRDefault="00CC1156" w:rsidP="00CC1156">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1156">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>PHARMACIE ET IPR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F94C976" w14:textId="77777777" w:rsidR="00CC1156" w:rsidRPr="00CC1156" w:rsidRDefault="00CC1156" w:rsidP="00CC1156"/>
-    <w:p w14:paraId="1A018DB5" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="005B5BA5" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+    <w:p w14:paraId="42490FD2" w14:textId="77777777" w:rsidR="00CC1156" w:rsidRPr="00CC1156" w:rsidRDefault="00CC1156" w:rsidP="00CC1156"/>
+    <w:p w14:paraId="07F0C9A1" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="005B5BA5" w:rsidRDefault="003346A0" w:rsidP="004644B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003346A0" w14:paraId="57196822" w14:textId="77777777" w:rsidTr="00A01C9A">
+      <w:tr w:rsidR="003346A0" w14:paraId="63F8A969" w14:textId="77777777" w:rsidTr="00A01C9A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48A62A6D" w14:textId="77777777" w:rsidR="003346A0" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+          <w:p w14:paraId="3B73CCE7" w14:textId="77777777" w:rsidR="003346A0" w:rsidRDefault="003346A0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Nom et adresse de l’établissement :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29B670FD" w14:textId="77777777" w:rsidR="003346A0" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+          <w:p w14:paraId="64888239" w14:textId="77777777" w:rsidR="003346A0" w:rsidRDefault="003346A0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE321F" w14:paraId="5425EEEC" w14:textId="77777777" w:rsidTr="00A01C9A">
+      <w:tr w:rsidR="00DE321F" w14:paraId="218321BD" w14:textId="77777777" w:rsidTr="00A01C9A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04BCD279" w14:textId="77777777" w:rsidR="00DE321F" w:rsidRPr="00A3715B" w:rsidRDefault="00DE321F" w:rsidP="004644B2">
+          <w:p w14:paraId="5587FFC7" w14:textId="77777777" w:rsidR="00DE321F" w:rsidRPr="00A3715B" w:rsidRDefault="00DE321F" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3715B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Numéro FINESS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AE31192" w14:textId="77777777" w:rsidR="00DE321F" w:rsidRDefault="00DE321F" w:rsidP="004644B2">
+          <w:p w14:paraId="5D6C5EF1" w14:textId="77777777" w:rsidR="00DE321F" w:rsidRDefault="00DE321F" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3715B" w14:paraId="788AFE0D" w14:textId="77777777" w:rsidTr="00A01C9A">
+      <w:tr w:rsidR="00A3715B" w14:paraId="15691A51" w14:textId="77777777" w:rsidTr="00A01C9A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E4BA841" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="3EB20F80" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3715B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>SIRET de l’établissement :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47829B42" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="5009720C" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003346A0" w:rsidRPr="007007F7" w14:paraId="6B228A86" w14:textId="77777777" w:rsidTr="00A01C9A">
+      <w:tr w:rsidR="003346A0" w:rsidRPr="007007F7" w14:paraId="4750A039" w14:textId="77777777" w:rsidTr="00A01C9A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07413914" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="007007F7" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+          <w:p w14:paraId="7C2354BD" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="007007F7" w:rsidRDefault="003346A0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007007F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nom de la personne responsable du dossier (bureau des affaires médicales) :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C376D95" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="007007F7" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+          <w:p w14:paraId="7276C327" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="007007F7" w:rsidRDefault="003346A0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007007F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Téléphone :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2573EB9C" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="007007F7" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+          <w:p w14:paraId="5129AFF8" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="007007F7" w:rsidRDefault="003346A0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007007F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Mél : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A855C0" w:rsidRPr="007007F7" w14:paraId="18D6D2A1" w14:textId="77777777" w:rsidTr="0027689F">
+      <w:tr w:rsidR="00A855C0" w:rsidRPr="007007F7" w14:paraId="1A26BA7C" w14:textId="77777777" w:rsidTr="0027689F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="948"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27292221" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="007007F7" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="7B1F9075" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="007007F7" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A855C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nature de l’établissement :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700F11BE" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="04F5CBF9" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">CHU </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D28AA5A" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="649EBF7C" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CHG</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C1BE9C7" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="3924E272" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ESPIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05E46225" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="007007F7" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="5710068E" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="007007F7" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2595D9D1" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="1CD858F1" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="403" w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Etablissement privé autre que d’intérêt collectif</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00D1FF7F" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="32D8E9D9" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="00362453" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="403" w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autre (à préciser)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13435314" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="007007F7" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
+          <w:p w14:paraId="468FEA92" w14:textId="77777777" w:rsidR="00A855C0" w:rsidRPr="007007F7" w:rsidRDefault="00A855C0" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-1630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003346A0" w:rsidRPr="00F97174" w14:paraId="35A0B997" w14:textId="77777777" w:rsidTr="00A02A05">
+      <w:tr w:rsidR="003346A0" w:rsidRPr="00F97174" w14:paraId="7FC2BA07" w14:textId="77777777" w:rsidTr="00A02A05">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="443"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045B177D" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="00F97174" w:rsidRDefault="003346A0" w:rsidP="004644B2">
+          <w:p w14:paraId="5ACCD98C" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="00F97174" w:rsidRDefault="003346A0" w:rsidP="004644B2">
             <w:pPr>
               <w:ind w:right="-1627"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F97174">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00F97174">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Activité </w:t>
             </w:r>
             <w:r w:rsidR="001B2E84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>de la structure d’accueil</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE511B" w:rsidRPr="007007F7" w14:paraId="252FB036" w14:textId="77777777" w:rsidTr="00A40D4F">
+      <w:tr w:rsidR="00EE511B" w:rsidRPr="007007F7" w14:paraId="3D622526" w14:textId="77777777" w:rsidTr="00A40D4F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71FCA743" w14:textId="77777777" w:rsidR="00EE511B" w:rsidRDefault="00EE511B" w:rsidP="004644B2">
+          <w:p w14:paraId="6C67AD81" w14:textId="77777777" w:rsidR="00EE511B" w:rsidRDefault="00EE511B" w:rsidP="004644B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Nom de la structure demandant l’agrément</w:t>
+              <w:t xml:space="preserve">Nom de la structure demandant </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>l’agrément</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="04A9AFED" w14:textId="77777777" w:rsidR="00EE511B" w:rsidRPr="007007F7" w:rsidRDefault="00EE511B" w:rsidP="004644B2">
+          <w:p w14:paraId="60781D94" w14:textId="77777777" w:rsidR="00EE511B" w:rsidRPr="007007F7" w:rsidRDefault="00EE511B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>(Précisez si: unité, service, département, pôle ou direction)</w:t>
+              <w:t xml:space="preserve">(Précisez </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F64436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>si:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F64436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> unité, service, département, pôle ou direction)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CCED0DD" w14:textId="77777777" w:rsidR="00EE511B" w:rsidRPr="007007F7" w:rsidRDefault="00EE511B" w:rsidP="00671394">
+          <w:p w14:paraId="7B13B05F" w14:textId="77777777" w:rsidR="00EE511B" w:rsidRPr="007007F7" w:rsidRDefault="00EE511B" w:rsidP="00671394">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3715B" w:rsidRPr="007007F7" w14:paraId="6DDB6BD1" w14:textId="77777777" w:rsidTr="00A3715B">
+      <w:tr w:rsidR="00A3715B" w:rsidRPr="007007F7" w14:paraId="744CD69F" w14:textId="77777777" w:rsidTr="00A3715B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3187E042" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="7937E75C" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom du responsable de </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>la structure</w:t>
+              <w:t xml:space="preserve">la </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>structure</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8554A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="44B3193F" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="70B3BC57" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>(Précisez si Dr. ou Pr.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25DC547D" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="3A4D42A0" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10A207A5" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="4101D90E" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="-353"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007007F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mél Téléphone :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="330BFC51" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="00671394">
+          <w:p w14:paraId="7EF0BB42" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="00671394">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3715B" w:rsidRPr="007007F7" w14:paraId="38EF92EE" w14:textId="77777777" w:rsidTr="00A3715B">
+      <w:tr w:rsidR="00A3715B" w:rsidRPr="007007F7" w14:paraId="37226BDC" w14:textId="77777777" w:rsidTr="00A3715B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15C41A34" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="42D29782" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F2DF850" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="240B38E9" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="419BCA1D" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
+          <w:p w14:paraId="5D92FE96" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Mail </w:t>
             </w:r>
             <w:r w:rsidRPr="007007F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10A58518" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="00671394">
+          <w:p w14:paraId="6B3DA651" w14:textId="77777777" w:rsidR="00A3715B" w:rsidRPr="007007F7" w:rsidRDefault="00A3715B" w:rsidP="00671394">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003346A0" w:rsidRPr="0026371F" w14:paraId="2FA4381D" w14:textId="77777777" w:rsidTr="00A02A05">
+      <w:tr w:rsidR="003346A0" w:rsidRPr="0026371F" w14:paraId="4EBA8772" w14:textId="77777777" w:rsidTr="00A02A05">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="189"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E48A8D" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="00A02A05" w:rsidRDefault="005041D3" w:rsidP="004644B2">
+          <w:p w14:paraId="3E90A945" w14:textId="77777777" w:rsidR="003346A0" w:rsidRPr="00A02A05" w:rsidRDefault="005041D3" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="003346A0" w:rsidRPr="00A02A05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="003346A0" w:rsidRPr="00A02A05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Agrément</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A7D5F" w:rsidRPr="008D6416" w14:paraId="581C2232" w14:textId="77777777" w:rsidTr="00A02A05">
+      <w:tr w:rsidR="009A7D5F" w:rsidRPr="008D6416" w14:paraId="3BC5F7DA" w14:textId="77777777" w:rsidTr="00A02A05">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0971CC" w14:textId="77777777" w:rsidR="00EB1046" w:rsidRPr="00EB1046" w:rsidRDefault="005041D3" w:rsidP="004644B2">
+          <w:p w14:paraId="64EAEFE9" w14:textId="77777777" w:rsidR="00EB1046" w:rsidRPr="00EB1046" w:rsidRDefault="005041D3" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00EB1046" w:rsidRPr="00530EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
             <w:r w:rsidR="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EB1046" w:rsidRPr="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– Motif de la demande :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="675F80F7" w14:textId="77777777" w:rsidR="00EB1046" w:rsidRPr="00EB1046" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
+          <w:p w14:paraId="2402B322" w14:textId="77777777" w:rsidR="00EB1046" w:rsidRPr="00EB1046" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Changement de responsable de la structure d’accueil ; si oui, préciser le nom du </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>précédent</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> responsable : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55E3661C" w14:textId="77777777" w:rsidR="00EB1046" w:rsidRPr="00EB1046" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
+          <w:p w14:paraId="169EF200" w14:textId="77777777" w:rsidR="00EB1046" w:rsidRPr="00EB1046" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Restructuration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FD12CF9" w14:textId="77777777" w:rsidR="00DE321F" w:rsidRPr="00DE321F" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
+          <w:p w14:paraId="6AB6AAE3" w14:textId="77777777" w:rsidR="00DE321F" w:rsidRPr="00DE321F" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nouvelle</w:t>
             </w:r>
             <w:r w:rsidR="00DE321F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> demande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66B6F60A" w14:textId="77777777" w:rsidR="009A7D5F" w:rsidRPr="0027689F" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
+          <w:p w14:paraId="7CC6ABD7" w14:textId="77777777" w:rsidR="009A7D5F" w:rsidRPr="0027689F" w:rsidRDefault="00EB1046" w:rsidP="004644B2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Première demande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1409D692" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
+          <w:p w14:paraId="6CBB4E17" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="587958F5" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
+          <w:p w14:paraId="68AFB347" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2 – </w:t>
             </w:r>
             <w:r w:rsidRPr="0027689F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Encadrement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42569881" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
+          <w:p w14:paraId="377D8C6D" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F255D1D" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
+          <w:p w14:paraId="6680FF12" w14:textId="77777777" w:rsidR="0027689F" w:rsidRDefault="0027689F" w:rsidP="0027689F">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Service à encadrement universitaire : </w:t>
             </w:r>
             <w:r w:rsidRPr="003D3AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui   </w:t>
             </w:r>
             <w:r w:rsidRPr="003D3AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> Non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2771E99E" w14:textId="77777777" w:rsidR="0027689F" w:rsidRPr="00A02A05" w:rsidRDefault="0027689F" w:rsidP="0027689F">
+          <w:p w14:paraId="7DC64EB2" w14:textId="77777777" w:rsidR="0027689F" w:rsidRPr="00A02A05" w:rsidRDefault="0027689F" w:rsidP="0027689F">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003346A0" w:rsidRPr="0026371F" w14:paraId="40F8B4D2" w14:textId="77777777" w:rsidTr="00A02A05">
+      <w:tr w:rsidR="003346A0" w:rsidRPr="0026371F" w14:paraId="2BCF41EC" w14:textId="77777777" w:rsidTr="00A02A05">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A58C329" w14:textId="0FB4FF22" w:rsidR="003346A0" w:rsidRDefault="005041D3" w:rsidP="004644B2">
+          <w:p w14:paraId="34C24355" w14:textId="77777777" w:rsidR="003346A0" w:rsidRDefault="005041D3" w:rsidP="004644B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="003346A0" w:rsidRPr="00A02A05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">-2 – </w:t>
             </w:r>
             <w:r w:rsidR="007F77A6" w:rsidRPr="00A02A05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Agréments demandés au ti</w:t>
             </w:r>
             <w:r w:rsidR="004644B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">tre de l’année universitaire </w:t>
             </w:r>
-            <w:r w:rsidR="000474E1">
+            <w:r w:rsidR="00783F3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F01CF1">
+              <w:t>2023</w:t>
+            </w:r>
+            <w:r w:rsidR="007F77A6" w:rsidRPr="00252505">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007F77A6" w:rsidRPr="00252505">
+              <w:t>-20</w:t>
+            </w:r>
+            <w:r w:rsidR="00783F3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>-20</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000474E1">
+              <w:t xml:space="preserve">24 pour le DES de Pharmacie : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B9DE541" w14:textId="77777777" w:rsidR="002F4BB7" w:rsidRDefault="002F4BB7" w:rsidP="004644B2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...24 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="299EC59F" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="002F4BB7" w:rsidP="002F4BB7">
+          <w:p w14:paraId="1370AC22" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="002F4BB7" w:rsidP="002F4BB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4BB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10916" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3589"/>
               <w:gridCol w:w="3586"/>
               <w:gridCol w:w="3741"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00B864C3" w14:paraId="5F321DB6" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00B864C3" w14:paraId="3F109FEC" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="1521"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4B103C0E" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="00783F3C" w:rsidP="00B864C3">
+                <w:p w14:paraId="64884CB2" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="00783F3C" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Domaine demandé</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3586" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="48DCB004" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="5BF33948" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agrément pour l’accueil d’internes de phase socle</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3741" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="55595581" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="1CE95939" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agrément pour l’accueil d’internes de phase d’approfondissement</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="0481DEA8" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="144645AC" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="273"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="20AAC5E1" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="7BD3EDC2" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B864C3">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Pharmacie clinique – Prise en charge thérapeutique du patient (PCPT)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3586" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="52761EC1" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="0C552131" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3741" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1886C009" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="38E71610" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="173660D3" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="6614D998" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="248"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="05478E27" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="66EB9380" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B864C3">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Technologies pharmaceutiques hospitalières </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -1675,1060 +1690,1037 @@
                     </w:rPr>
                     <w:t xml:space="preserve"> (TPHC</w:t>
                   </w:r>
                   <w:r w:rsidR="0027689F">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3586" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="25252DB6" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="7686824B" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3741" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1E5753CB" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="21416D8F" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="568F3A3A" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="4FC05630" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="253"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1C2D3C78" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="48EC8378" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B864C3">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Dispositifs médicaux- Stérilisation - Hygiène hospitalière (DMSH)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3586" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0E759BD1" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="347C77F9" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3741" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="50E75AB2" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="26135C15" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00912CC6" w:rsidRPr="00E8554A" w14:paraId="6C10B080" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00912CC6" w:rsidRPr="00E8554A" w14:paraId="383A66DF" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="253"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4FB99B8F" w14:textId="77777777" w:rsidR="00912CC6" w:rsidRPr="00B864C3" w:rsidRDefault="00912CC6" w:rsidP="00B864C3">
+                <w:p w14:paraId="20B750FF" w14:textId="77777777" w:rsidR="00912CC6" w:rsidRPr="00B864C3" w:rsidRDefault="00912CC6" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Radiopharmacie (RPH)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3586" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1E91AAA6" w14:textId="77777777" w:rsidR="00912CC6" w:rsidRPr="00E8554A" w:rsidRDefault="00912CC6" w:rsidP="00B864C3">
+                <w:p w14:paraId="33AB0D25" w14:textId="77777777" w:rsidR="00912CC6" w:rsidRPr="00E8554A" w:rsidRDefault="00912CC6" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3741" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="554C52C8" w14:textId="77777777" w:rsidR="00912CC6" w:rsidRPr="00E8554A" w:rsidRDefault="00912CC6" w:rsidP="00B864C3">
+                <w:p w14:paraId="44241B5C" w14:textId="77777777" w:rsidR="00912CC6" w:rsidRPr="00E8554A" w:rsidRDefault="00912CC6" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="184234CC" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00B864C3" w:rsidRPr="00E8554A" w14:paraId="4E64AC4F" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="242"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="57500347" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="338959AC" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00B864C3" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Autre stage</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3586" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="339AA079" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="3741DB19" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3741" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4E0B0817" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
+                <w:p w14:paraId="747F3016" w14:textId="77777777" w:rsidR="00B864C3" w:rsidRPr="00E8554A" w:rsidRDefault="00B864C3" w:rsidP="00B864C3">
                   <w:pPr>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:spacing w:line="480" w:lineRule="auto"/>
                     <w:ind w:hanging="724"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="3EF032CD" w14:textId="77777777" w:rsidR="002F4BB7" w:rsidRDefault="002F4BB7" w:rsidP="002F4BB7">
+          <w:p w14:paraId="07333755" w14:textId="77777777" w:rsidR="002F4BB7" w:rsidRDefault="002F4BB7" w:rsidP="002F4BB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1FD9C142" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
+          <w:p w14:paraId="52DE692E" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7FD7D232" w14:textId="0F35CB72" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
+          <w:p w14:paraId="3975F77B" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>2-3</w:t>
             </w:r>
             <w:r w:rsidRPr="00A02A05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> Agréments demandés au ti</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000474E1">
+              <w:t>tre de l’année universitaire 2023</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00252505">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>re de l’année universitaire 202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F01CF1">
+              <w:t>-20</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00252505">
+              <w:t xml:space="preserve">24 pour le DES d’IPR </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DA4077E" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>-20</w:t>
-[...32 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6029169E" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
+          <w:p w14:paraId="18C05680" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10916" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3589"/>
               <w:gridCol w:w="7327"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00783F3C" w:rsidRPr="00E8554A" w14:paraId="054D4675" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00783F3C" w:rsidRPr="00E8554A" w14:paraId="41F9198B" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="261"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2355A23D" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00B864C3" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
+                <w:p w14:paraId="25C32B5E" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00B864C3" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Domaine demandé</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7327" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="273DB4C9" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00E8554A" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
+                <w:p w14:paraId="4B6377D6" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00E8554A" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Agrément pour l’accueil d’internes de l’Ancien Régime</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00783F3C" w:rsidRPr="00E8554A" w14:paraId="606E3F45" w14:textId="77777777" w:rsidTr="00783F3C">
+            <w:tr w:rsidR="00783F3C" w:rsidRPr="00E8554A" w14:paraId="511FE13A" w14:textId="77777777" w:rsidTr="00783F3C">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="261"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3589" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0094BC44" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00B864C3" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
+                <w:p w14:paraId="0C55CA4F" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00B864C3" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B864C3">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Innovation pharmaceutique et recherche (IPR)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7327" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6507344C" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
+                <w:p w14:paraId="523EDFE3" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRPr="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="00783F3C">
                   <w:pPr>
                     <w:pStyle w:val="Paragraphedeliste"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="16"/>
                     </w:numPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="007E2272" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
+          <w:p w14:paraId="4F105F23" w14:textId="77777777" w:rsidR="00783F3C" w:rsidRDefault="00783F3C" w:rsidP="002F4BB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01FC23DE" w14:textId="77777777" w:rsidR="002F4BB7" w:rsidRPr="00A02A05" w:rsidRDefault="002F4BB7" w:rsidP="00B864C3">
+          <w:p w14:paraId="421E9F3A" w14:textId="77777777" w:rsidR="002F4BB7" w:rsidRPr="00A02A05" w:rsidRDefault="002F4BB7" w:rsidP="00B864C3">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="353"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4BB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A91571" w:rsidRPr="00FC7AE6" w14:paraId="06D72E47" w14:textId="77777777" w:rsidTr="00A02A05">
+      <w:tr w:rsidR="00A91571" w:rsidRPr="00FC7AE6" w14:paraId="46B064D3" w14:textId="77777777" w:rsidTr="00A02A05">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203DB1F8" w14:textId="77777777" w:rsidR="00A91571" w:rsidRPr="00252505" w:rsidRDefault="00A91571" w:rsidP="004644B2">
+          <w:p w14:paraId="4920CA02" w14:textId="77777777" w:rsidR="00A91571" w:rsidRPr="00252505" w:rsidRDefault="00A91571" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00252505">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Le directeur de l’établissement :       </w:t>
             </w:r>
             <w:r w:rsidR="007A2B48" w:rsidRPr="00252505">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                    </w:t>
             </w:r>
             <w:r w:rsidRPr="00252505">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Le chef de service :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79E141DE" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
+          <w:p w14:paraId="09F28F50" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51A8EC7D" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
+          <w:p w14:paraId="3970A8B6" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58856794" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
+          <w:p w14:paraId="32050DE2" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10E36F63" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
+          <w:p w14:paraId="06F260AF" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0034DB8C" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
+          <w:p w14:paraId="1B73DB4A" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00A928D7" w:rsidRDefault="007A2B48" w:rsidP="004644B2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="081717EA" w14:textId="77777777" w:rsidR="00883744" w:rsidRDefault="00883744" w:rsidP="004644B2"/>
+    <w:p w14:paraId="7818BC4E" w14:textId="77777777" w:rsidR="00883744" w:rsidRDefault="00883744" w:rsidP="004644B2"/>
     <w:sectPr w:rsidR="00883744" w:rsidSect="00A35488">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1665" w:right="1361" w:bottom="709" w:left="1361" w:header="568" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20A73FC3" w14:textId="77777777" w:rsidR="00FE73C0" w:rsidRDefault="00FE73C0">
+    <w:p w14:paraId="4653BB5F" w14:textId="77777777" w:rsidR="00A67045" w:rsidRDefault="00A67045">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54201AB4" w14:textId="77777777" w:rsidR="00FE73C0" w:rsidRDefault="00FE73C0">
+    <w:p w14:paraId="04953B4E" w14:textId="77777777" w:rsidR="00A67045" w:rsidRDefault="00A67045">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78FD1DBF" w14:textId="77777777" w:rsidR="00FE73C0" w:rsidRDefault="00FE73C0">
+    <w:p w14:paraId="5BF26743" w14:textId="77777777" w:rsidR="00A67045" w:rsidRDefault="00A67045">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28388086" w14:textId="77777777" w:rsidR="00FE73C0" w:rsidRDefault="00FE73C0">
+    <w:p w14:paraId="5C603DEE" w14:textId="77777777" w:rsidR="00A67045" w:rsidRDefault="00A67045">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="09E6875B" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="394AF718" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="008B3BA2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6BE3716B" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48">
+  <w:p w14:paraId="0BF631D5" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2EE4F769" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48" w:rsidP="003346A0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="501F78EB" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48" w:rsidP="003346A0">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:ind w:right="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="20F45602" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48" w:rsidP="003346A0">
+  <w:p w14:paraId="626EB319" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48" w:rsidP="003346A0">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:ind w:right="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="58943C8D" w14:textId="310C87B1" w:rsidR="007A2B48" w:rsidRDefault="007A2B48" w:rsidP="003346A0">
+  <w:p w14:paraId="4BD9BD38" w14:textId="7F8983EC" w:rsidR="007A2B48" w:rsidRDefault="007A2B48" w:rsidP="003346A0">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:ind w:right="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>ANNEE UNIVERSITAIRE</w:t>
     </w:r>
     <w:r w:rsidR="00DE321F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 202</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00F01CF1">
+    <w:r w:rsidR="00A62BD9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00DE321F">
+    <w:r w:rsidR="008605FF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – 202</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00F01CF1">
+    <w:r w:rsidR="00A62BD9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t> - 202</w:t>
     </w:r>
-  </w:p>
-[...13 lines deleted...]
-      <w:ind w:right="360"/>
+    <w:r w:rsidR="008605FF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7B3CDFD6" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRDefault="007A2B48">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6964146B" w14:textId="77777777" w:rsidR="007A2B48" w:rsidRPr="00205D7A" w:rsidRDefault="0027689F" w:rsidP="003346A0">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ED5FB33" wp14:editId="7212D7EC">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19DE82E9" wp14:editId="0850E2B0">
           <wp:extent cx="1073150" cy="615950"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Image 1" descr="logo_ars"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="logo_ars"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -2737,51 +2729,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1073150" cy="615950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="025E0F5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4550,133 +4542,133 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="891237735">
+  <w:num w:numId="1" w16cid:durableId="668824340">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1928928817">
+  <w:num w:numId="2" w16cid:durableId="1656258375">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1291128693">
+  <w:num w:numId="3" w16cid:durableId="15738407">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1632206462">
+  <w:num w:numId="4" w16cid:durableId="820926002">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1014649755">
+  <w:num w:numId="5" w16cid:durableId="1579245243">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1630671118">
+  <w:num w:numId="6" w16cid:durableId="578028810">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1997803740">
+  <w:num w:numId="7" w16cid:durableId="1989705709">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="386875684">
+  <w:num w:numId="8" w16cid:durableId="847258400">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="737820923">
+  <w:num w:numId="9" w16cid:durableId="933245769">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2070228117">
+  <w:num w:numId="10" w16cid:durableId="1099252502">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1466392670">
+  <w:num w:numId="11" w16cid:durableId="1657225401">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="963074961">
+  <w:num w:numId="12" w16cid:durableId="1981037671">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="791898250">
+  <w:num w:numId="13" w16cid:durableId="127163713">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="142237658">
+  <w:num w:numId="14" w16cid:durableId="2037122686">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="205290450">
+  <w:num w:numId="15" w16cid:durableId="1630626160">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1586762015">
+  <w:num w:numId="16" w16cid:durableId="1696616869">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="136"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003346A0"/>
+    <w:rsid w:val="000052C9"/>
     <w:rsid w:val="000225D9"/>
-    <w:rsid w:val="000474E1"/>
     <w:rsid w:val="00052AB2"/>
     <w:rsid w:val="00054F08"/>
     <w:rsid w:val="00093E61"/>
     <w:rsid w:val="00101744"/>
     <w:rsid w:val="0015756F"/>
     <w:rsid w:val="00191180"/>
     <w:rsid w:val="001B2E84"/>
     <w:rsid w:val="001D5930"/>
     <w:rsid w:val="001F21EF"/>
     <w:rsid w:val="001F7A7D"/>
     <w:rsid w:val="00215191"/>
     <w:rsid w:val="00246063"/>
     <w:rsid w:val="00252505"/>
     <w:rsid w:val="002606B3"/>
     <w:rsid w:val="00266A39"/>
     <w:rsid w:val="0027046D"/>
     <w:rsid w:val="0027689F"/>
     <w:rsid w:val="002C6BD6"/>
     <w:rsid w:val="002F4BB7"/>
     <w:rsid w:val="003022EA"/>
     <w:rsid w:val="00330135"/>
     <w:rsid w:val="003346A0"/>
     <w:rsid w:val="00341BE9"/>
     <w:rsid w:val="003933C9"/>
     <w:rsid w:val="003C422D"/>
@@ -4696,155 +4688,158 @@
     <w:rsid w:val="00523217"/>
     <w:rsid w:val="00544C4F"/>
     <w:rsid w:val="005A32B3"/>
     <w:rsid w:val="005B5BA5"/>
     <w:rsid w:val="005E7E80"/>
     <w:rsid w:val="005F1F70"/>
     <w:rsid w:val="00600866"/>
     <w:rsid w:val="00600AA2"/>
     <w:rsid w:val="00623013"/>
     <w:rsid w:val="00625BC3"/>
     <w:rsid w:val="00661363"/>
     <w:rsid w:val="00661C24"/>
     <w:rsid w:val="00671394"/>
     <w:rsid w:val="006E51E6"/>
     <w:rsid w:val="00740797"/>
     <w:rsid w:val="007804CA"/>
     <w:rsid w:val="00783F3C"/>
     <w:rsid w:val="00786608"/>
     <w:rsid w:val="007A2B48"/>
     <w:rsid w:val="007A34B1"/>
     <w:rsid w:val="007C62A9"/>
     <w:rsid w:val="007C64F1"/>
     <w:rsid w:val="007F77A6"/>
     <w:rsid w:val="00817AE8"/>
     <w:rsid w:val="00825BE0"/>
+    <w:rsid w:val="008605FF"/>
     <w:rsid w:val="00883744"/>
     <w:rsid w:val="00886623"/>
     <w:rsid w:val="008A1063"/>
     <w:rsid w:val="008B3BA2"/>
     <w:rsid w:val="008D5550"/>
     <w:rsid w:val="008D6416"/>
     <w:rsid w:val="00912CC6"/>
     <w:rsid w:val="009138E8"/>
     <w:rsid w:val="009219C1"/>
     <w:rsid w:val="00927431"/>
     <w:rsid w:val="009443CC"/>
     <w:rsid w:val="00956A2A"/>
     <w:rsid w:val="00961A32"/>
     <w:rsid w:val="009A5E56"/>
     <w:rsid w:val="009A7D5F"/>
     <w:rsid w:val="009C59BF"/>
     <w:rsid w:val="00A01C9A"/>
     <w:rsid w:val="00A02A05"/>
     <w:rsid w:val="00A21A94"/>
     <w:rsid w:val="00A24BBC"/>
     <w:rsid w:val="00A35488"/>
     <w:rsid w:val="00A3715B"/>
     <w:rsid w:val="00A40D4F"/>
     <w:rsid w:val="00A426CC"/>
     <w:rsid w:val="00A62788"/>
+    <w:rsid w:val="00A62BD9"/>
+    <w:rsid w:val="00A67045"/>
     <w:rsid w:val="00A75ADF"/>
     <w:rsid w:val="00A855C0"/>
     <w:rsid w:val="00A91571"/>
     <w:rsid w:val="00A928D7"/>
     <w:rsid w:val="00AB5C46"/>
     <w:rsid w:val="00AC03FE"/>
     <w:rsid w:val="00AD7A01"/>
     <w:rsid w:val="00AE5D17"/>
     <w:rsid w:val="00AF31E2"/>
     <w:rsid w:val="00B32026"/>
+    <w:rsid w:val="00B323C2"/>
     <w:rsid w:val="00B864C3"/>
     <w:rsid w:val="00BD458F"/>
     <w:rsid w:val="00BD71CB"/>
     <w:rsid w:val="00BF0DEA"/>
     <w:rsid w:val="00C1259B"/>
     <w:rsid w:val="00C1792B"/>
     <w:rsid w:val="00C47B64"/>
     <w:rsid w:val="00C62902"/>
     <w:rsid w:val="00C8315A"/>
     <w:rsid w:val="00C932CC"/>
     <w:rsid w:val="00CA1EF1"/>
     <w:rsid w:val="00CB4DFF"/>
     <w:rsid w:val="00CC1156"/>
     <w:rsid w:val="00CF4F2F"/>
     <w:rsid w:val="00D013EC"/>
     <w:rsid w:val="00D049BF"/>
     <w:rsid w:val="00D074F7"/>
     <w:rsid w:val="00D379BD"/>
     <w:rsid w:val="00DB66DE"/>
     <w:rsid w:val="00DE321F"/>
     <w:rsid w:val="00E15CEE"/>
     <w:rsid w:val="00E41A5E"/>
     <w:rsid w:val="00E67854"/>
     <w:rsid w:val="00E92B34"/>
     <w:rsid w:val="00EB1046"/>
     <w:rsid w:val="00EE1888"/>
     <w:rsid w:val="00EE511B"/>
-    <w:rsid w:val="00F01CF1"/>
     <w:rsid w:val="00F104D9"/>
     <w:rsid w:val="00F12EBC"/>
     <w:rsid w:val="00F300CA"/>
     <w:rsid w:val="00F3313D"/>
     <w:rsid w:val="00F33695"/>
     <w:rsid w:val="00F37C6A"/>
     <w:rsid w:val="00F85605"/>
     <w:rsid w:val="00FB6591"/>
     <w:rsid w:val="00FE73C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0BDCE386"/>
+  <w14:docId w14:val="23C672CD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6C87CF07-190B-4BBD-AF36-BDAB6650C110}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -5296,51 +5291,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004170CF"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00783F3C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5579,81 +5574,110 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{093812FD-2342-488C-BD9D-E170B7F4950A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D57E6D52-C1D4-43A9-8204-3F33FB7B9ADB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>248</Words>
-  <Characters>1503</Characters>
+  <Words>269</Words>
+  <Characters>1482</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUESTIONNAIRE DE DEMANDE D’AGRÉMENT INTERNAT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de la Santé</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>QUESTIONNAIRE DE DEMANDE D’AGRÉMENT INTERNAT</dc:title>
   <dc:subject/>
   <dc:creator>jlambert</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-18T14:52:23Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>f86a461b-40c2-4258-8558-43533b7f9f75</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>