--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -1,53 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74344AD9" w14:textId="383EDA09" w:rsidR="00EA33C5" w:rsidRDefault="00EA33C5" w:rsidP="00AE6782">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3F68DA" w14:textId="77777777" w:rsidR="00AE6782" w:rsidRDefault="00AE6782" w:rsidP="00AE6782">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E17D3A1" w14:textId="4B6BEE8A" w:rsidR="00B36AA0" w:rsidRDefault="00EA33C5" w:rsidP="00EA33C5">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:rPr>
@@ -383,70 +384,70 @@
         <w:t>Arrêté du 29 avril 2022 relatif à la création d’une formation spécialisée transversale « Innovation</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA33C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>et recherche en sciences biologiques et pharmaceutiques » et portant modification de plusieurs</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA33C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
         <w:t>arrêtés relatifs aux formations de santé (journal officiel du 8 mai 2022)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BED70EC" w14:textId="77777777" w:rsidR="00EA33C5" w:rsidRPr="00EA33C5" w:rsidRDefault="00EA33C5" w:rsidP="00EA33C5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F11E46D" w14:textId="77777777" w:rsidR="00EA33C5" w:rsidRPr="00EA33C5" w:rsidRDefault="007A0B2F" w:rsidP="00EA33C5">
+    <w:p w14:paraId="3F11E46D" w14:textId="77777777" w:rsidR="00EA33C5" w:rsidRPr="00EA33C5" w:rsidRDefault="00EA33C5" w:rsidP="00EA33C5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00EA33C5" w:rsidRPr="00EA33C5">
+        <w:r w:rsidRPr="00EA33C5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.legifrance.gouv.fr/eli/arrete/2022/4/29/ESRS2212441A/jo/texte</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00EA33C5" w:rsidRPr="00EA33C5">
+      <w:r w:rsidRPr="00EA33C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C750982" w14:textId="77777777" w:rsidR="00515785" w:rsidRDefault="00515785"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -803,56 +804,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -869,56 +870,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -935,56 +936,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1001,56 +1002,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1067,56 +1068,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPST</w:t>
             </w:r>
             <w:r w:rsidR="00F66A7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1141,56 +1142,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1453,58 +1454,60 @@
           </w:tcPr>
           <w:p w14:paraId="0EE610A9" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="685" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2B19D9A5" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Téléphone:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="19BF55E7" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84D63" w:rsidRPr="00434CD7" w14:paraId="5C219CDA" w14:textId="77777777" w:rsidTr="001D1A4B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1530,58 +1533,60 @@
           </w:tcPr>
           <w:p w14:paraId="5E7F9468" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="685" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5F6D50FE" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mél:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7FC8F9BC" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="108B4545" w14:textId="77777777" w:rsidR="00EA33C5" w:rsidRDefault="00EA33C5"/>
     <w:p w14:paraId="49ED1506" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRDefault="00B84D63"/>
     <w:p w14:paraId="274C606C" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRDefault="00B84D63"/>
     <w:p w14:paraId="381BCF86" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRDefault="00B84D63"/>
     <w:p w14:paraId="1DF51BAD" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRDefault="00B84D63"/>
     <w:tbl>
@@ -1688,56 +1693,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1753,56 +1758,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1818,56 +1823,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1883,56 +1888,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1948,56 +1953,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dispositifs médicaux </w:t>
             </w:r>
@@ -2011,56 +2016,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Biothérapie</w:t>
             </w:r>
@@ -2074,56 +2079,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2139,56 +2144,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2216,56 +2221,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E1EB7" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2281,56 +2286,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E1EB7" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2354,56 +2359,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Génétique / Génomique</w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2419,56 +2424,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2484,56 +2489,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2549,56 +2554,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2614,56 +2619,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA33C5" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2679,56 +2684,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005E1EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E1EB7" w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2885,56 +2890,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2950,56 +2955,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3015,56 +3020,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3080,56 +3085,56 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3196,115 +3201,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui   </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F6FB443" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00191EA8" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
@@ -3328,115 +3333,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui   </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B6344E1" w14:textId="41E586E3" w:rsidR="00B84D63" w:rsidRPr="00191EA8" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
@@ -3460,153 +3465,171 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui   </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Non </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00191EA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Non </w:t>
             </w:r>
             <w:r w:rsidR="00F8082C" w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F8082C" w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>si oui, précisez lequel :</w:t>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F8082C" w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oui, précisez lequel :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A566414" w14:textId="32B2ED19" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="00021239">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">La structure est-elle rattachée à </w:t>
             </w:r>
             <w:r w:rsidR="00F8082C" w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3640,115 +3663,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui   </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...6 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002F2985">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F2985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00191EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
             <w:r w:rsidR="00F8082C" w:rsidRPr="00191EA8">
               <w:rPr>
@@ -3876,67 +3899,78 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Activités du service </w:t>
             </w:r>
             <w:r w:rsidR="00B84D63" w:rsidRPr="00E91157">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00B84D63" w:rsidRPr="00E91157">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/2 page maximum</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00B84D63" w:rsidRPr="00E91157">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E91157">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
+              <w:t>:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E91157">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06538342" w14:textId="77777777" w:rsidR="00E91157" w:rsidRDefault="00E91157" w:rsidP="00E91157">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A13DABD" w14:textId="77777777" w:rsidR="00E91157" w:rsidRDefault="00E91157" w:rsidP="00E91157">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="239DF22D" w14:textId="6207A362" w:rsidR="002F2985" w:rsidRPr="00E91157" w:rsidRDefault="00B84D63" w:rsidP="00E91157">
@@ -4616,111 +4650,111 @@
               </w:rPr>
               <w:t xml:space="preserve">Réunions d’enseignement dédiées aux internes : </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00021239">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non </w:t>
             </w:r>
             <w:r w:rsidR="0041509D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4750,111 +4784,111 @@
               </w:rPr>
               <w:t xml:space="preserve">Réunions de bibliographie : </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00021239">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non </w:t>
             </w:r>
             <w:r w:rsidR="0041509D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4922,111 +4956,111 @@
               </w:rPr>
               <w:t xml:space="preserve">recherche : </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00021239">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non </w:t>
             </w:r>
             <w:r w:rsidR="0041509D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5064,103 +5098,103 @@
               </w:rPr>
               <w:t xml:space="preserve">Présentations en congrès où les internes participent comme auteurs : </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00021239">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui  </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60A409F1" w14:textId="13F266C3" w:rsidR="00EA33C5" w:rsidRPr="00434CD7" w:rsidRDefault="00EA33C5" w:rsidP="002F2985">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5208,103 +5242,103 @@
               </w:rPr>
               <w:t xml:space="preserve"> par semaine) : </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui  </w:t>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00015AB6" w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="101E4E13" w14:textId="77777777" w:rsidR="00EA33C5" w:rsidRPr="00434CD7" w:rsidRDefault="00EA33C5" w:rsidP="002F2985">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -5445,103 +5479,103 @@
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui  </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="196D56C1" w14:textId="77777777" w:rsidR="00B84D63" w:rsidRPr="00434CD7" w:rsidRDefault="00B84D63" w:rsidP="001D1A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -5601,103 +5635,103 @@
               </w:rPr>
               <w:t xml:space="preserve">Téléphone : </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui  </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="558F823F" w14:textId="77777777" w:rsidR="002F2985" w:rsidRPr="00434CD7" w:rsidRDefault="002F2985" w:rsidP="001D1A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5721,103 +5755,103 @@
               </w:rPr>
               <w:t xml:space="preserve">Ordinateur : </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui  </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66D65150" w14:textId="77777777" w:rsidR="002F2985" w:rsidRPr="00434CD7" w:rsidRDefault="002F2985" w:rsidP="001D1A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5849,103 +5883,103 @@
               </w:rPr>
               <w:t xml:space="preserve">Internet : </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui  </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E91157">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C77FCB7" w14:textId="4C82981C" w:rsidR="00E91157" w:rsidRPr="00EA33C5" w:rsidRDefault="00E91157" w:rsidP="002F2985">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -6147,60 +6181,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de formation/sujet(s) de recherche proposé(s) à l’interne </w:t>
             </w:r>
             <w:r w:rsidR="00B84D63" w:rsidRPr="00B84D63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(1 page maximum)</w:t>
+              <w:t>(1 page maximum</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B84D63" w:rsidRPr="00B84D63">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
+              <w:t>:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00434CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="220B9BCC" w14:textId="77777777" w:rsidR="00EA33C5" w:rsidRPr="00434CD7" w:rsidRDefault="00EA33C5" w:rsidP="00A11D59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3264A465" w14:textId="77777777" w:rsidR="0046690D" w:rsidRDefault="0046690D" w:rsidP="00A11D59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A0394E0" w14:textId="77777777" w:rsidR="0046690D" w:rsidRDefault="0046690D" w:rsidP="00A11D59">
             <w:pPr>
               <w:rPr>
@@ -6411,103 +6466,103 @@
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui   </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A0B2F">
-[...4 lines deleted...]
-            <w:r w:rsidR="007A0B2F">
+            <w:r w:rsidRPr="002D7769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002D7769">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00434CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5ACDCE1E" w14:textId="77777777" w:rsidR="0046690D" w:rsidRPr="0046690D" w:rsidRDefault="0046690D" w:rsidP="00A11D59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -6992,242 +7047,241 @@
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="480E63BE" w14:textId="77777777" w:rsidR="0046690D" w:rsidRDefault="0046690D" w:rsidP="00612EBF"/>
     <w:sectPr w:rsidR="0046690D">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B5AA683" w14:textId="77777777" w:rsidR="00CE0256" w:rsidRDefault="00CE0256" w:rsidP="00EA33C5">
+    <w:p w14:paraId="7A95231F" w14:textId="77777777" w:rsidR="009E1C8F" w:rsidRDefault="009E1C8F" w:rsidP="00EA33C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18E372C4" w14:textId="77777777" w:rsidR="00CE0256" w:rsidRDefault="00CE0256" w:rsidP="00EA33C5">
+    <w:p w14:paraId="03EFAA43" w14:textId="77777777" w:rsidR="009E1C8F" w:rsidRDefault="009E1C8F" w:rsidP="00EA33C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2082434688"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="1D844803" w14:textId="613F4FF3" w:rsidR="00594BF0" w:rsidRDefault="00594BF0">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00252F4F">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="76CB54EE" w14:textId="77777777" w:rsidR="00594BF0" w:rsidRDefault="00594BF0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4680E167" w14:textId="77777777" w:rsidR="00CE0256" w:rsidRDefault="00CE0256" w:rsidP="00EA33C5">
+    <w:p w14:paraId="5268AE28" w14:textId="77777777" w:rsidR="009E1C8F" w:rsidRDefault="009E1C8F" w:rsidP="00EA33C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07757B2C" w14:textId="77777777" w:rsidR="00CE0256" w:rsidRDefault="00CE0256" w:rsidP="00EA33C5">
+    <w:p w14:paraId="0A5133B5" w14:textId="77777777" w:rsidR="009E1C8F" w:rsidRDefault="009E1C8F" w:rsidP="00EA33C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2F5B69EB" w14:textId="6D754FFF" w:rsidR="00EA33C5" w:rsidRPr="00EA33C5" w:rsidRDefault="00EA33C5" w:rsidP="00EA33C5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F5B69EB" w14:textId="4605084F" w:rsidR="00EA33C5" w:rsidRPr="00EA33C5" w:rsidRDefault="00EA33C5" w:rsidP="00EA33C5">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000308C2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Année universitaire 202</w:t>
     </w:r>
-    <w:r w:rsidR="006E10EC">
+    <w:r w:rsidR="00975068">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="000308C2">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>-202</w:t>
     </w:r>
-    <w:r w:rsidR="006E10EC">
+    <w:r w:rsidR="00975068">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05245D9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D8C94A8"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7883,157 +7937,162 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1901867363">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="86730796">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1542741286">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="781850633">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="791437481">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="606936296">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA33C5"/>
     <w:rsid w:val="00015AB6"/>
     <w:rsid w:val="00021239"/>
     <w:rsid w:val="00027BA3"/>
     <w:rsid w:val="000308C2"/>
+    <w:rsid w:val="000C36AE"/>
+    <w:rsid w:val="000D4D7B"/>
     <w:rsid w:val="000E2081"/>
     <w:rsid w:val="000E6CFB"/>
     <w:rsid w:val="00174519"/>
     <w:rsid w:val="00191EA8"/>
     <w:rsid w:val="001B71B2"/>
     <w:rsid w:val="001F51BD"/>
     <w:rsid w:val="0023462A"/>
     <w:rsid w:val="00252F4F"/>
     <w:rsid w:val="002768D2"/>
     <w:rsid w:val="002F2985"/>
     <w:rsid w:val="00357AD3"/>
     <w:rsid w:val="00366C9A"/>
     <w:rsid w:val="003F309C"/>
     <w:rsid w:val="0041509D"/>
     <w:rsid w:val="00446C01"/>
     <w:rsid w:val="00464AEF"/>
     <w:rsid w:val="0046690D"/>
     <w:rsid w:val="004726E9"/>
     <w:rsid w:val="004D43C6"/>
     <w:rsid w:val="00515785"/>
     <w:rsid w:val="00594BF0"/>
     <w:rsid w:val="005E1EB7"/>
     <w:rsid w:val="00612EBF"/>
     <w:rsid w:val="006E10EC"/>
     <w:rsid w:val="007272D0"/>
     <w:rsid w:val="007A0B2F"/>
+    <w:rsid w:val="00975068"/>
+    <w:rsid w:val="009E1C8F"/>
     <w:rsid w:val="00AB2871"/>
     <w:rsid w:val="00AD4AB8"/>
     <w:rsid w:val="00AE6782"/>
     <w:rsid w:val="00B204AF"/>
+    <w:rsid w:val="00B323C2"/>
     <w:rsid w:val="00B36AA0"/>
     <w:rsid w:val="00B84D63"/>
     <w:rsid w:val="00BC53A2"/>
     <w:rsid w:val="00BD2CDE"/>
     <w:rsid w:val="00C519AD"/>
     <w:rsid w:val="00C97362"/>
     <w:rsid w:val="00CE0256"/>
     <w:rsid w:val="00E06D7F"/>
     <w:rsid w:val="00E66335"/>
     <w:rsid w:val="00E91157"/>
     <w:rsid w:val="00EA33C5"/>
     <w:rsid w:val="00ED6612"/>
     <w:rsid w:val="00F10C4E"/>
     <w:rsid w:val="00F15453"/>
     <w:rsid w:val="00F66A7C"/>
     <w:rsid w:val="00F8082C"/>
     <w:rsid w:val="00FB6FC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3D3C9634"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6E40EC38-8616-4723-A80C-260736F22EC7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8653,51 +8712,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B36AA0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B36AA0"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="904726617">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eric.pasmant@u-paris.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/eli/arrete/2022/4/29/ESRS2212441A/jo/texte" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.chaput@universite-paris-saclay.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -9005,25 +9064,54 @@
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Gustave Roussy</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6052</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>CHAPUT-GRAS Nathalie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-18T14:58:41Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>b9b17401-1562-4766-94fb-32dc1cd42143</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>